--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -54,774 +54,774 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>Luiz Giacomini</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/468/projeto_de_lei_01-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/468/projeto_de_lei_01-93.pdf</t>
   </si>
   <si>
     <t>Estabelece a estrutura Administrativa da Prefeitura Municipal de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/469/projeto_de_lei_02-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/469/projeto_de_lei_02-93.pdf</t>
   </si>
   <si>
     <t>Institui o Jornal Correio do Sudoeste como órgão oficial de divulgação do Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/470/projeto_de_lei_03-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/470/projeto_de_lei_03-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o ano de 1993 e dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/471/projeto_de_lei_04-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/471/projeto_de_lei_04-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a firmar convênio com a EMATER/PR e dá outras providências.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/472/projeto_de_lei_05-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/472/projeto_de_lei_05-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Geral do Município de Saudade do Iguaçu para o ano de 1993.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/478/projeto_de_lei_06-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/478/projeto_de_lei_06-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de vias públicas.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/473/projeto_de_lei_07-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/473/projeto_de_lei_07-93.pdf</t>
   </si>
   <si>
     <t>Estabelece a faixa de utilidade pública em estradas rurais municipais.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/474/projeto_de_lei_08-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/474/projeto_de_lei_08-93.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para a contratação de pessoal por tempo determinado e dá outras providências.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/475/projeto_de_lei_09-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/475/projeto_de_lei_09-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento salarial dos servidores municipais.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Gilmar Bertoldi</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/476/projeto_de_lei_10-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/476/projeto_de_lei_10-93.pdf</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/477/projeto_de_lei_11-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/477/projeto_de_lei_11-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o município a celebrar convênio com o município de Chopinzinho, para o recebimento em cessão de funcionários públicos.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/479/projeto_de_lei_12-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/479/projeto_de_lei_12-93.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/480/projeto_de_lei_13-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/480/projeto_de_lei_13-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a conveniar com a FAMEPAR para a execução de projetos integrantes do Subprograma Institucional do Programa Estadual de Desenvolvimento Urbano - Pedu e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/481/projeto_de_lei_14-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/481/projeto_de_lei_14-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento salarial dos Servidores Municipais.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/482/projeto_de_lei_15-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/482/projeto_de_lei_15-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo municipal a fazer transferência de recursos no valor de Cr$ 60.000.000,00 à Associação de Agricultores da Comunidade de Linha Biguá.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/483/projeto_de_lei_16-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/483/projeto_de_lei_16-93.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/484/projeto_de_lei_017-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/484/projeto_de_lei_017-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel ao Estado do Paraná para construção de próprios para fins de segurança pública.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/485/projeto_de_lei_18-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/485/projeto_de_lei_18-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a transferência de recursos para o Sindicato dos Trabalhadores Rurais do Município de Saudade do Iguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/486/projeto_de_lei_19-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/486/projeto_de_lei_19-93.pdf</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/487/projeto_de_lei_20-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/487/projeto_de_lei_20-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar aluguel de máquinas rodoviárias com empresa locadora.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/488/projeto_de_lei_21-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/488/projeto_de_lei_21-93.pdf</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/489/projeto_de_lei_22-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/489/projeto_de_lei_22-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime jurídico dos servidores municipais de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/490/projeto_de_lei_23-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/490/projeto_de_lei_23-93.pdf</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Pedro Fontana</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/491/projeto_de_lei_24-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/491/projeto_de_lei_24-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o quadro de pessoal de Prefeitura Municipal de Saudade do Iguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/492/projeto_de_lei_25-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/492/projeto_de_lei_25-93.pdf</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/493/projeto_de_lei_26-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/493/projeto_de_lei_26-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Ano de 1994 e dá outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/494/projeto_de_lei_27-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/494/projeto_de_lei_27-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Convênio com a Secretaria de Estado da Educação e dá outras providências.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Azenir dos Santos Cambruzzi - Teto, Cypriano Bett, Dirceo Moreira, Euclides Gallina, Francisco Avelino Bochio</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/495/projeto_de_lei_28-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/495/projeto_de_lei_28-93.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para uso de veículos de propriedade do Município e dá outras providências.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/496/projeto_de_lei_29-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/496/projeto_de_lei_29-93.pdf</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/497/projeto_de_lei_30-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/497/projeto_de_lei_30-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o orçamento geral do Município de Saudade do Iguaçu para o exercício de 1994.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/498/projeto_de_lei_31-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/498/projeto_de_lei_31-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Saudade do Iguaçu a conceder à SANEPAR o estudo, projeto, execução, exploração e operação dos sistemas de abastecimento de água potável e remoção de esgoto sanitário no Município.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/499/projeto_de_lei_32-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/499/projeto_de_lei_32-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o quadro único de pessoal da Prefeitura Municipal de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/500/projeto_de_lei_33-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/500/projeto_de_lei_33-93.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Decenal Educação para Todos do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/501/projeto_de_lei_34-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/501/projeto_de_lei_34-93.pdf</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/502/projeto_de_lei_35-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/502/projeto_de_lei_35-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cobrança de taxa de iluminação pública através de convênio com a COPEL e dá outras providências.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/503/projeto_de_lei_36-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/503/projeto_de_lei_36-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a contratar operação de Crédito junto ao Banco do Estado do Paraná.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/504/projeto_de_lei_37-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/504/projeto_de_lei_37-93.pdf</t>
   </si>
   <si>
     <t>Institui o Código Tributário do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/505/projeto_de_lei_38-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/505/projeto_de_lei_38-93.pdf</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/506/projeto_de_lei_039-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/506/projeto_de_lei_039-93.pdf</t>
   </si>
   <si>
     <t>Institui o jornal "Gazeta do Sudoeste"  como órgão oficial de divulgação do Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/507/projeto_de_lei_040-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/507/projeto_de_lei_040-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar imóvel urbano à FUNDEPAR.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Azenir dos Santos Cambruzzi - Teto, Comercindo Verona, Cypriano Bett, Dirceo Moreira, Euclides Gallina, Francisco Avelino Bochio, Lucir Antônio Confortin, Nilcio Bitencourt da Silva - Chico Porca</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/552/requerimento_01-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/552/requerimento_01-93.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja encaminhado à Câmara Municipal empenhos de toda a movimentação financeira e folha de pagamento dos meses de Janeiro e Fevereiro de 1993.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>Comercindo Verona, Cypriano Bett, Dirceu Camello, Lucir Antônio Confortin, Nilcio Bitencourt da Silva - Chico Porca</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita a implantação de um programa de incentivo aos produtores rurais do município.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>Dirceo Moreira</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/554/requerimento_03-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/554/requerimento_03-93.pdf</t>
   </si>
   <si>
     <t>Solicitando atendimento médico na Comunidade de Santa Rosa.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>Azenir dos Santos Cambruzzi - Teto, Dirceo Moreira, Euclides Gallina, Francisco Avelino Bochio</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/555/requerimento_04-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/555/requerimento_04-93.pdf</t>
   </si>
   <si>
     <t>Solicitando melhora no sinal de TV no Município.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/556/requerimento_05-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/556/requerimento_05-93.pdf</t>
   </si>
   <si>
     <t>Solicitando o cascalhamento de estrada vicinal.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/557/requerimento_06-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/557/requerimento_06-93.pdf</t>
   </si>
   <si>
     <t>Solicitando a ampliação do Posto de Saúde.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/558/requerimento_07-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/558/requerimento_07-93.pdf</t>
   </si>
   <si>
     <t>Solicita o transporte escolar de alunos residentes  na Linha Sabiá.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/559/requerimento_08-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/559/requerimento_08-93.pdf</t>
   </si>
   <si>
     <t>Solicita a aquisição de calcariadeira para uso de pequenos agricultores.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>Azenir dos Santos Cambruzzi - Teto, Euclides Gallina, Francisco Avelino Bochio</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/560/requerimento_09-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/560/requerimento_09-93.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias em ruas do perímetro urbano.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/561/requerimento_10_-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/561/requerimento_10_-_93.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de uma Casa Familiar Rural no Município.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/562/requerimento_11_-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/562/requerimento_11_-_93.pdf</t>
   </si>
   <si>
     <t>Solicita o cumprimento do §1º do Art. 9º da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>Nilcio Bitencourt da Silva - Chico Porca</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/563/requerimento_12_-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/563/requerimento_12_-_93.pdf</t>
   </si>
   <si>
     <t>Solicita a contratação de um dentista pelo Município.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>Azenir dos Santos Cambruzzi - Teto</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/564/requerimento_13-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/564/requerimento_13-_93.pdf</t>
   </si>
   <si>
     <t>Justifica ausência em Sessão Ordinária.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>Comercindo Verona</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/565/requerimento_14-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/565/requerimento_14-_93.pdf</t>
   </si>
   <si>
     <t>Solicita a contratação de um Médico Veterinário e de um Técnico Agrícola pelo Município.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/566/requerimento_15-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/566/requerimento_15-_93.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de um prédio para abrigar a Delegacia de Polícia.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/567/requerimento_16-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/567/requerimento_16-_93.pdf</t>
   </si>
   <si>
     <t>Solicita que seja gestionado junto à COHAPAR a construção de casas populares.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>Azenir dos Santos Cambruzzi - Teto, Francisco Avelino Bochio</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/568/requerimento_17-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/568/requerimento_17-_93.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias em estrada vicinal.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/569/requerimento_18-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/569/requerimento_18-_93.pdf</t>
   </si>
   <si>
     <t>Requer a distribuição de sementes para adubo verde aos pequenos agricultores.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/570/requerimento_19-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/570/requerimento_19-_93.pdf</t>
   </si>
   <si>
     <t>Requer reparos em estrada vicinal.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/571/requerimento_20-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/571/requerimento_20-_93.pdf</t>
   </si>
   <si>
     <t>Requer que o município gestione junto à SANEPAR a perfuração de um poço artesiano na Linha Pereira.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>Azenir dos Santos Cambruzzi - Teto, Cypriano Bett, Comercindo Verona, Euclides Gallina, Lucir Antônio Confortin</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/548/projeto_de_decreto_legislativo_01-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/548/projeto_de_decreto_legislativo_01-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração do Prefeito e do Vice-prefeito para a Legislatura de 1993 à 1996.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Euclides Gallina, Lucir Antônio Confortin, Nilcio Bitencourt da Silva - Chico Porca, Professor Gilmar</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/549/projeto_de_resolucao_01-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/549/projeto_de_resolucao_01-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação da remuneração dos Vereadores para a legislatura que se inicia em 1993 e dá outras providências.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>Euclides Gallina, Lucir Antônio Confortin, Nilcio Bitencourt da Silva - Chico Porca</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/550/projeto_de_resolucao_02-_93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/550/projeto_de_resolucao_02-_93.pdf</t>
   </si>
   <si>
     <t>Reconhece a condição de membro da Associação das Câmaras Municipais do Sudoeste do Paraná - Microrregião 14  e dá outras providências.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/551/projeto_resolucao_03-93.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/551/projeto_resolucao_03-93.pdf</t>
   </si>
   <si>
     <t>Dispõe em Regimento Interno, sobre processo legislativo especial para a elaboração da Lei Orgânica Município de Saudade do Iguaçu.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1128,68 +1128,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/468/projeto_de_lei_01-93.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/469/projeto_de_lei_02-93.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/470/projeto_de_lei_03-93.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/471/projeto_de_lei_04-93.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/472/projeto_de_lei_05-93.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/478/projeto_de_lei_06-93.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/473/projeto_de_lei_07-93.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/474/projeto_de_lei_08-93.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/475/projeto_de_lei_09-93.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/476/projeto_de_lei_10-93.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/477/projeto_de_lei_11-93.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/479/projeto_de_lei_12-93.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/480/projeto_de_lei_13-93.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/481/projeto_de_lei_14-93.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/482/projeto_de_lei_15-93.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/483/projeto_de_lei_16-93.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/484/projeto_de_lei_017-93.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/485/projeto_de_lei_18-93.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/486/projeto_de_lei_19-93.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/487/projeto_de_lei_20-93.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/488/projeto_de_lei_21-93.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/489/projeto_de_lei_22-93.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/490/projeto_de_lei_23-93.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/491/projeto_de_lei_24-93.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/492/projeto_de_lei_25-93.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/493/projeto_de_lei_26-93.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/494/projeto_de_lei_27-93.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/495/projeto_de_lei_28-93.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/496/projeto_de_lei_29-93.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/497/projeto_de_lei_30-93.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/498/projeto_de_lei_31-93.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/499/projeto_de_lei_32-93.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/500/projeto_de_lei_33-93.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/501/projeto_de_lei_34-93.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/502/projeto_de_lei_35-93.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/503/projeto_de_lei_36-93.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/504/projeto_de_lei_37-93.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/505/projeto_de_lei_38-93.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/506/projeto_de_lei_039-93.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/507/projeto_de_lei_040-93.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/552/requerimento_01-93.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/554/requerimento_03-93.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/555/requerimento_04-93.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/556/requerimento_05-93.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/557/requerimento_06-93.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/558/requerimento_07-93.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/559/requerimento_08-93.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/560/requerimento_09-93.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/561/requerimento_10_-_93.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/562/requerimento_11_-_93.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/563/requerimento_12_-_93.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/564/requerimento_13-_93.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/565/requerimento_14-_93.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/566/requerimento_15-_93.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/567/requerimento_16-_93.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/568/requerimento_17-_93.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/569/requerimento_18-_93.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/570/requerimento_19-_93.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/571/requerimento_20-_93.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/548/projeto_de_decreto_legislativo_01-93.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/549/projeto_de_resolucao_01-93.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/550/projeto_de_resolucao_02-_93.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/551/projeto_resolucao_03-93.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/468/projeto_de_lei_01-93.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/469/projeto_de_lei_02-93.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/470/projeto_de_lei_03-93.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/471/projeto_de_lei_04-93.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/472/projeto_de_lei_05-93.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/478/projeto_de_lei_06-93.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/473/projeto_de_lei_07-93.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/474/projeto_de_lei_08-93.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/475/projeto_de_lei_09-93.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/476/projeto_de_lei_10-93.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/477/projeto_de_lei_11-93.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/479/projeto_de_lei_12-93.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/480/projeto_de_lei_13-93.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/481/projeto_de_lei_14-93.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/482/projeto_de_lei_15-93.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/483/projeto_de_lei_16-93.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/484/projeto_de_lei_017-93.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/485/projeto_de_lei_18-93.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/486/projeto_de_lei_19-93.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/487/projeto_de_lei_20-93.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/488/projeto_de_lei_21-93.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/489/projeto_de_lei_22-93.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/490/projeto_de_lei_23-93.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/491/projeto_de_lei_24-93.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/492/projeto_de_lei_25-93.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/493/projeto_de_lei_26-93.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/494/projeto_de_lei_27-93.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/495/projeto_de_lei_28-93.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/496/projeto_de_lei_29-93.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/497/projeto_de_lei_30-93.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/498/projeto_de_lei_31-93.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/499/projeto_de_lei_32-93.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/500/projeto_de_lei_33-93.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/501/projeto_de_lei_34-93.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/502/projeto_de_lei_35-93.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/503/projeto_de_lei_36-93.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/504/projeto_de_lei_37-93.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/505/projeto_de_lei_38-93.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/506/projeto_de_lei_039-93.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/507/projeto_de_lei_040-93.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/552/requerimento_01-93.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/554/requerimento_03-93.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/555/requerimento_04-93.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/556/requerimento_05-93.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/557/requerimento_06-93.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/558/requerimento_07-93.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/559/requerimento_08-93.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/560/requerimento_09-93.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/561/requerimento_10_-_93.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/562/requerimento_11_-_93.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/563/requerimento_12_-_93.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/564/requerimento_13-_93.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/565/requerimento_14-_93.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/566/requerimento_15-_93.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/567/requerimento_16-_93.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/568/requerimento_17-_93.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/569/requerimento_18-_93.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/570/requerimento_19-_93.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/571/requerimento_20-_93.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/548/projeto_de_decreto_legislativo_01-93.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/549/projeto_de_resolucao_01-93.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/550/projeto_de_resolucao_02-_93.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1993/551/projeto_resolucao_03-93.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="171.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="203.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>