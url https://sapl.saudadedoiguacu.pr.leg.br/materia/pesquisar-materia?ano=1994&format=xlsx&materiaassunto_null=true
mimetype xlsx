--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -54,489 +54,489 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>Pedro Fontana</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/508/projeto_de_lei_01-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/508/projeto_de_lei_01-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarias dos servidores Municipais.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/509/projeto_de_lei_02-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/509/projeto_de_lei_02-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel à EMATER/PR.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/510/projeto_de_lei_03-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/510/projeto_de_lei_03-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento salarial dos servidores Municipais.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a doar imóvel urbano ao Instituto de Desenvolvimento de Educacional do Paraná - FUNDEPAR.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/512/projeto_de_lei_05-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/512/projeto_de_lei_05-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel urbano à Empresa Paranaense de Assistência Técnica e Extensão Rural - EMATER/PR.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/513/projeto_de_lei_06-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/513/projeto_de_lei_06-94.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao §2º do Art. 1º da lei nº 041/94 de 25 de fevereiro de 1994.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/514/projeto_de_lei_07-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/514/projeto_de_lei_07-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo a Abrir Crédito Adicional Suplementar no Orçamento Geral do Município.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/515/projeto_de_lei_08-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/515/projeto_de_lei_08-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Saudade do Iguaçu, para o período de 1994 à 1997.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/516/projeto_de_lei_09-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/516/projeto_de_lei_09-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas de declaração de utilidade pública de Sociedades Civis, Associações e Fundações constituídas no Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/517/projeto_de_lei_10-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/517/projeto_de_lei_10-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento de cargos do quadro único de pessoal do Poder Executivo.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/518/projeto_de_lei_11-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/518/projeto_de_lei_11-94.pdf</t>
   </si>
   <si>
     <t>Isenta o pagamento de Imposto Predial e Territorial Urbano à aposentados e pensionistas do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/519/projeto_de_lei_12-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/519/projeto_de_lei_12-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal à firmar convênio com a COPEL e dá outras providências.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/520/projeto_de_lei_13-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/520/projeto_de_lei_13-94.pdf</t>
   </si>
   <si>
     <t>Altera a carga horária do cargo de Cirurgião Dentista do Quadro Único de Pessoal do Poder Executivo.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/521/projeto_de_lei_14-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/521/projeto_de_lei_14-94.pdf</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/522/projeto_de_lei_15-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/522/projeto_de_lei_15-94.pdf</t>
   </si>
   <si>
     <t>Acrescenta o item XI ao art. 96 da Lei Nº 037/93 - Código Tributário do Município.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Aumenta de 08 para 10 o número de vagas do cargo de Auxiliar de Serviços Gerais  - Grupo ocupacional de Serviços Gerais do Quadro de Pessoal do Poder Executivo.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/524/projeto_de_lei_17-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/524/projeto_de_lei_17-94.pdf</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/525/projeto_de_lei_18-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/525/projeto_de_lei_18-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal à firmar convênio com a Telecomunicações do Paraná S/A - TELEPAR e estabelece outras providências</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/526/projeto_de_lei_19-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/526/projeto_de_lei_19-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a associar o Município na Associação Intermunicipal de Saúde da Micro Região de Pato Branco/Pr.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/527/projeto_de_lei_20-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/527/projeto_de_lei_20-94.pdf</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/528/projeto_de_lei_21-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/528/projeto_de_lei_21-94.pdf</t>
   </si>
   <si>
     <t>Aumenta de 01 para 02 o número de vagas do cargo de Auxiliar de Enfermagem - Grupo ocupacional Administrativo do Quadro de Pessoal do Poder Executivo.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Aumenta de 02 para 03 o número de vagas do cargo de Vigia - Grupo ocupacional de Serviços Gerais do Quadro de Pessoal do Poder Executivo.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/530/projeto_de_lei_23-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/530/projeto_de_lei_23-94.pdf</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Dirceo Moreira</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/531/projeto_de_lei_24-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/531/projeto_de_lei_24-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de serviços com o maquinário da Prefeitura para a construção de Campo de Futebol.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/532/projeto_de_lei_25-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/532/projeto_de_lei_25-94.pdf</t>
   </si>
   <si>
     <t>Aprova "ad referendum" Convênios firmados pelo chefe do poder executivo municipal.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/533/projeto_de_lei_26-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/533/projeto_de_lei_26-94.pdf</t>
   </si>
   <si>
     <t>Aumenta de 05 para 08 o número de vagas do cargo de Auxiliar de Serviços Gerais - Grupo ocupacional do Magistério do Quadro Único de Pessoal do Poder Executivo.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/534/projeto_de_lei_27-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/534/projeto_de_lei_27-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 1995 e dá outras providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/535/projeto_de_lei_28-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/535/projeto_de_lei_28-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Previdência Social dos Servidores Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/536/projeto_de_lei_29-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/536/projeto_de_lei_29-94.pdf</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/537/projeto_de_lei_30-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/537/projeto_de_lei_30-94.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade publica a Associação de Agricultores da Bacia da Linha Pães.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/538/projeto_de_lei_31-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/538/projeto_de_lei_31-94.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade publica a Associação de Agricultores da Comunidade de Linha Biguá.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Geral do Município de Saudade do Iguaçu, para o Exercício Financeiro de 1995 conforme especifica.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/540/projeto_de_lei_33-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/540/projeto_de_lei_33-94.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse de recursos à Associação de Agricultores da Comunidade de Linha Biguá.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/541/projeto_de_lei_34-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/541/projeto_de_lei_34-94.pdf</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/542/projeto_de_lei_35-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/542/projeto_de_lei_35-94.pdf</t>
   </si>
   <si>
     <t>Institui o dia 19 de março como Feriado Municipal.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/543/projeto_de_lei_36-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/543/projeto_de_lei_36-94.pdf</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/544/projeto_de_lei_37-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/544/projeto_de_lei_37-94.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade publica a Associação de Proteção à Maternidade e à Infância - APMI, de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/545/projeto_de_lei_38-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/545/projeto_de_lei_38-94.pdf</t>
   </si>
   <si>
     <t>Altera Disposições da Lei 037/93 - Código Tributário do Município de 31/12/1993.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Dispõe sobre o Estatuto do Magistério da Prefeitura Municipal de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/547/projeto_de_lei_40-94.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/547/projeto_de_lei_40-94.pdf</t>
   </si>
   <si>
     <t>Aprova "ad referendum" Convênio firmado pelo município com a FAMEPAR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -843,68 +843,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/508/projeto_de_lei_01-94.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/509/projeto_de_lei_02-94.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/510/projeto_de_lei_03-94.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/512/projeto_de_lei_05-94.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/513/projeto_de_lei_06-94.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/514/projeto_de_lei_07-94.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/515/projeto_de_lei_08-94.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/516/projeto_de_lei_09-94.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/517/projeto_de_lei_10-94.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/518/projeto_de_lei_11-94.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/519/projeto_de_lei_12-94.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/520/projeto_de_lei_13-94.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/521/projeto_de_lei_14-94.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/522/projeto_de_lei_15-94.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/524/projeto_de_lei_17-94.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/525/projeto_de_lei_18-94.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/526/projeto_de_lei_19-94.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/527/projeto_de_lei_20-94.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/528/projeto_de_lei_21-94.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/530/projeto_de_lei_23-94.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/531/projeto_de_lei_24-94.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/532/projeto_de_lei_25-94.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/533/projeto_de_lei_26-94.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/534/projeto_de_lei_27-94.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/535/projeto_de_lei_28-94.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/536/projeto_de_lei_29-94.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/537/projeto_de_lei_30-94.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/538/projeto_de_lei_31-94.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/540/projeto_de_lei_33-94.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/541/projeto_de_lei_34-94.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/542/projeto_de_lei_35-94.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/543/projeto_de_lei_36-94.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/544/projeto_de_lei_37-94.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/545/projeto_de_lei_38-94.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/547/projeto_de_lei_40-94.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/508/projeto_de_lei_01-94.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/509/projeto_de_lei_02-94.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/510/projeto_de_lei_03-94.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/512/projeto_de_lei_05-94.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/513/projeto_de_lei_06-94.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/514/projeto_de_lei_07-94.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/515/projeto_de_lei_08-94.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/516/projeto_de_lei_09-94.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/517/projeto_de_lei_10-94.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/518/projeto_de_lei_11-94.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/519/projeto_de_lei_12-94.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/520/projeto_de_lei_13-94.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/521/projeto_de_lei_14-94.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/522/projeto_de_lei_15-94.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/524/projeto_de_lei_17-94.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/525/projeto_de_lei_18-94.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/526/projeto_de_lei_19-94.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/527/projeto_de_lei_20-94.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/528/projeto_de_lei_21-94.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/530/projeto_de_lei_23-94.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/531/projeto_de_lei_24-94.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/532/projeto_de_lei_25-94.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/533/projeto_de_lei_26-94.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/534/projeto_de_lei_27-94.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/535/projeto_de_lei_28-94.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/536/projeto_de_lei_29-94.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/537/projeto_de_lei_30-94.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/538/projeto_de_lei_31-94.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/540/projeto_de_lei_33-94.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/541/projeto_de_lei_34-94.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/542/projeto_de_lei_35-94.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/543/projeto_de_lei_36-94.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/544/projeto_de_lei_37-94.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/545/projeto_de_lei_38-94.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/1994/547/projeto_de_lei_40-94.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="158.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>