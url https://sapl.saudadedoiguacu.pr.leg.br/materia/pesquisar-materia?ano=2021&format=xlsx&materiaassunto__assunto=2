--- v0 (2025-10-17)
+++ v1 (2026-03-10)
@@ -54,174 +54,174 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_1221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_1221.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, através do Departamento de Meio Ambiente determine a colocação de lixeiras seletivas para serem utilizadas como depósitos de lixo na entrada do condomínio de casas de veraneio na Comunidade de Linha Creolin, Zona Rural deste Município, com a consequente coleta semanal destes resíduos.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_4621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_4621.pdf</t>
   </si>
   <si>
     <t>Solicita que o Chefe do Poder Executivo Municipal determine ao Departamento de Urbanismo a disponibilização do terreno de pertencente ao Poder Publico Municipal onde estava localizado o antigo Clube Saudadense para estacionamento público, até que não se utilize a referida área para outra finalidade.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>CELSO GIACOMINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_4721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_4721.pdf</t>
   </si>
   <si>
     <t>Solicita que o Senhor Prefeito realize estudos no sentido de efetuar a instalação de um redutor de velocidade, podendo ser uma lombada eletrônica ou um quebra-molas na Avenida Iguaçu entre as Ruas, José Armin Matte e Carlos Dal Magro no Perímetro Urbano deste Município.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, JOSÉ CARLOS DE ASSIS (BILÃO), SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_4821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_4821.pdf</t>
   </si>
   <si>
     <t>Requerimento Nº 048/2021, que solicita a mudança de ruas preferenciais no Perímetro Urbano.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_4921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_4921.pdf</t>
   </si>
   <si>
     <t>Requerimento Nº 049/2021, solicitando que o Município gestione a ampliação da cobertura de sinal de telefonia celular.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/104/requerimento_5121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/104/requerimento_5121.pdf</t>
   </si>
   <si>
     <t>Solicita que seja efetuado o mais breve possível a instalação da rede de abastecimento de água do poço artesiano de Linha Biguá para os moradores das Comunidades de Linha Banana e Linha Pães.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_5221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_5221.pdf</t>
   </si>
   <si>
     <t>Solicita que a Secretaria Municipal de Viação, Obras e Urbanismo efetue o mais breve possível reparos no bueiro localizado na estrada principal que dá acesso à Comunidade de Linha Banana, zona rural deste Município de Saudade do Iguaçu/Pr, nas proximidades da residência do Teixeirinha.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento_5321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento_5321.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento pertinente disponibilize máquina para que seja feito uma terraplanagem na propriedade do Senhor Timóteo na Comunidade de Nova Esperança, Assentamento Nova Fartura, zona rural deste Município</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento_5521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento_5521.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento pertinente efetue de forma urgente a troca do poste padrão localizado no terreno do senhor Altair Alves dos Santos, na Comunidade de Linha Urutu, zona rural deste Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/150/requerimento_5721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/150/requerimento_5721.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilidade de um servidor público para encaminhamento de processos junto ao INSS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -528,68 +528,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_1221.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_4621.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_4721.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_4821.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_4921.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/104/requerimento_5121.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_5221.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento_5321.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento_5521.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/150/requerimento_5721.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_1221.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_4621.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_4721.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_4821.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_4921.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/104/requerimento_5121.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_5221.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento_5321.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento_5521.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/150/requerimento_5721.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="69.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>