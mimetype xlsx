--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -54,414 +54,414 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>FELIPE FORGIARINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_1121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_1121.pdf</t>
   </si>
   <si>
     <t>“Indica a colocação de placas de sinalização na Avenida Iguaçu, para melhor visualização das rotatórias e faixas de pedestres”.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>JOSÉ CARLOS DE ASSIS (BILÃO)</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_1221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_1221.pdf</t>
   </si>
   <si>
     <t>“Indica a retorno dos plantões veterinários nos finais de semana”.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CELSO GIACOMINI, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, JOSEMAR ANTÔNIO CEMIN, JOSÉ CARLOS DE ASSIS (BILÃO), LUIS FERNANDO VEDANA - DR. VEDANA, SETEMBRINO NATH - BINO, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_1321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_1321.pdf</t>
   </si>
   <si>
     <t>“Indica a colocação de iluminação pública na quadra da Câmara de Vereadores situada na rua Valentin Olivo entre as ruas 19 de Março e rua Antônio Fabris”.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_1421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_1421.pdf</t>
   </si>
   <si>
     <t>“Indica a readequação das calçadas na rua 19 de Março, quadra entre as ruas Valentin Olivo e rua Frei Vitto Berscheid”.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_1521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_1521.pdf</t>
   </si>
   <si>
     <t>“Indica a doação pela Administração Pública Municipal de notebook aos professores que ainda não receberam”.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_1621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_1621.pdf</t>
   </si>
   <si>
     <t>“Indica a colocação de tubos de concreto defronte a residência do Sr. Silvano Giacomini, junto a BR-158”.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_1721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_1721.pdf</t>
   </si>
   <si>
     <t>“Indica a readequação da Rua do Reservatório, no Bairro Alto da Colina, em frente a residência do Sr. Moacir Elautério”.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_1821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_1821.pdf</t>
   </si>
   <si>
     <t>“Indica a possibilidade de fornecer alimentação aos professores residentes em outros municípios junto com as crianças no refeitório dos colégios e assim também auxiliar as serventes monitorando os alunos”.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_1921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_1921.pdf</t>
   </si>
   <si>
     <t>“Indicam melhorias no CMEI Pequeno Anjo”.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_2621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_2621.pdf</t>
   </si>
   <si>
     <t>“Indica a perfuração de poço artesiano no Perímetro Urbano”.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_2721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_2721.pdf</t>
   </si>
   <si>
     <t>“Indica a instalação de portas com detectores de metais nas unidades escolares municipais.”</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_2821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_2821.pdf</t>
   </si>
   <si>
     <t>“Indica a criação de uma Lei autorizando o pagamento de almoço para servidores municipais.”</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CELSO GIACOMINI, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, JOSEMAR ANTÔNIO CEMIN, JOSÉ CARLOS DE ASSIS (BILÃO), SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_2921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_2921.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 029/2021 que indica a construção de um monumento à Bíblia.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_3021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_3021.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município de Saudade do Iguaçu/Pr, realize estudos no sentido de disponibilizar à população Saudadense um local apropriado localizado na Avenida Iguaçu para que os pacientes que necessitam se dirigir a Pato Branco para tratamento de saúde aguardem o ônibus da saúde.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_3121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_3121.pdf</t>
   </si>
   <si>
     <t>Indicam a instalação de abrigos nos pontos de ônibus.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_3221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_3221.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de abrigos nos pontos de ônibus.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>CELSO GIACOMINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_3321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_3321.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 033/2021 que indica a aquisição de um martelo rompedor hidráulico.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_3421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_3421.pdf</t>
   </si>
   <si>
     <t>IndicA ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município de Saudade do Iguaçu, através do departamento responsável e em conjunto com Associação de Servidores Públicos do Município realize entrudos no sentido de possibilitar a contratação de Plano de Saúde para os Servidores Públicos Municipais e seus dependentes.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>JOSEMAR ANTÔNIO CEMIN</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_3521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_3521.pdf</t>
   </si>
   <si>
     <t>Indica o subsídio por parte do Município dos juros advindos da LEI Nº 1.312/2019.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_4021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_4021.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 040/2021 indicando ao Poder Executivo Municipal a necessidade da instalação de redutores de velocidade.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_4121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_4121.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 041/2021, que indica a construção de escadaria de alvenaria ligando o Centro ao Loteamento Colina.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_4221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_4221.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 042/2021, indicando a criação de um Programa Municipal visando disponibilizar aos munícipes a instalação de um banco de Materiais Ortopédicos.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_4321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_4321.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 043/2021, indicando a compra de Equipamento para perfuração de poços semi artesianos.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_4421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_4421.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 044/2021, indicando a mudança de estrada vicinal.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_4521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_4521.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 045/2021, indicando o retorno do Plantão veterinário.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_4821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_4821.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 048/2021, indicando que o Poder Executivo realize a instalação de placas fotovoltaica de energia solar a fim de custear gastos com energia elétrica da administração pública.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_4921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_4921.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município, através dos Departamentos de Urbanismo e de Engenharia, realize estudos no sentido de efetuar a implantação com a devida instalação de faixas de pedestres elevadas em todas as esquinas do Perímetro Urbano deste Município de Saudade do Iguaçu, Estado do Paraná</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_5021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_5021.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município, através do Departamento competente realize o mais breve possível um reforço da pintura de solo por toda a extensão das rodovias municipais pavimentadas existentes no Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_5221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_5221.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma pista de skate junto ao Parque do Lago.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -768,68 +768,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_1121.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_1221.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_1321.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_1421.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_1521.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_1621.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_1721.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_1821.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_1921.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_2621.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_2721.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_2821.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_2921.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_3021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_3121.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_3221.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_3321.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_3421.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_3521.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_4021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_4121.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_4221.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_4321.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_4421.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_4521.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_4821.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_4921.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_5021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_5221.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_1121.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_1221.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_1321.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_1421.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_1521.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_1621.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_1721.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_1821.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_1921.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_2621.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_2721.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_2821.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_2921.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_3021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_3121.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_3221.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_3321.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_3421.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_3521.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_4021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_4121.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_4221.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_4321.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_4421.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_4521.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_4821.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_4921.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_5021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_5221.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="226.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>