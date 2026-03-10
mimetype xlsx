--- v0 (2025-10-14)
+++ v1 (2026-03-10)
@@ -54,162 +54,162 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>DARLEI TRENTO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_2021_-_com_novos_anexos.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_2021_-_com_novos_anexos.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 020/2021 que dispõe sobre o Plano Plurianual - PPA para o período de 2022 à 2025.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_2921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_2921.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios e valores mínimos para execução fiscal no Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_de_lei_3121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_de_lei_3121.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 031/2021 que autoriza o município de Saudade do Iguaçu a firmar parcerias voluntárias com organizações da sociedade civil e da outras providências.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_3221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_3221.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 032/2021 que institui o serviço de acolhimento familiar na modalidade de família acolhedora no município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_4321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_4321.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 284/2021 encaminhando para a Apreciação dos Vereadores o Projeto de Lei Nº 043/2021 que proíbe o consumo de bebida alcoólica o uso de narguilé, cigarro eletrônico, bem como todo e qualquer produto fumígero ou derivado de tabaco em locais públicos e proximidades de instituições de ensino, estabelece sanções e dá providências  correlatas.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, FELIPE FORGIARINI, JOSEMAR ANTÔNIO CEMIN, JOSEMAR ANTÔNIO CEMIN, JOSÉ CARLOS DE ASSIS (BILÃO)</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/103/projeto_de_lei_leg_0321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/103/projeto_de_lei_leg_0321.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas para o pagamento de diárias aos servidores e agentes políticos no âmbito da Câmara Municipal de Vereadores do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_de_lei_leg_0421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_de_lei_leg_0421.pdf</t>
   </si>
   <si>
     <t>“Institui o “Banco de Ideias Legislativas” no Município de Saudade do Iguaçu e dá outras providências.”</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei_leg_0521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei_leg_0521.pdf</t>
   </si>
   <si>
     <t>Proíbe a concessão, de modo cumulativo, dos incentivos previstos na Lei 1.199 de 29 de maio de 2018 às empresas já beneficiadas num período de 36 meses, contados a partir do benefício anterior e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_leg_0921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_leg_0921.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 09/2021, que regulamenta a proteção aos animais prevista no artigo 225, §1º, inc. VII, da Constituição Federal no âmbito do Município de Saudade do Iguaçu - PR e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -516,68 +516,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_2021_-_com_novos_anexos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_2921.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_de_lei_3121.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_3221.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_4321.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/103/projeto_de_lei_leg_0321.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_de_lei_leg_0421.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei_leg_0521.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_leg_0921.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_2021_-_com_novos_anexos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_2921.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_de_lei_3121.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_3221.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_4321.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/103/projeto_de_lei_leg_0321.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_de_lei_leg_0421.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei_leg_0521.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_leg_0921.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="110.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>