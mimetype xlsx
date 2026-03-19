--- v0 (2025-10-15)
+++ v1 (2026-03-19)
@@ -51,1782 +51,1782 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>DARLEI TRENTO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/2/pl_02-2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/2/pl_02-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano de Carreira, Cargos e Remuneração dos Profissionais do Magistério do Município de Saudade do Iguaçu – Estado do Paraná.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/3/pl_03-2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/3/pl_03-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Gratificação à função de confiança ao Coordenador Geral do Sistema do Controle Interno.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/4/pl_04-2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/4/pl_04-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos valores constantes na tabela I – Vencimentos dos Cargos Comissionados e II – Vencimentos das Funções Gratificadas do Anexo IV da Lei Nº 1.165/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/5/pl_05-2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/5/pl_05-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal 1183/2018, que instituiu o pagamento de gratificações por produtividade de caráter indenizatório aos profissionais médicos do Município.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/19/pl_06-2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/19/pl_06-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE FOGOS DE ARTIFÍCIO E ARTEFATOS PIROTÉCNICOS COM RUÍDOS SONOROS NO MUNICÍPIO DE SAUDADE DO IGUAÇU.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/20/pl_07-2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/20/pl_07-2021.pdf</t>
   </si>
   <si>
     <t>Altera os valores das Metas Anuais para 2021 constantes no Anexo de Metas Fiscais da Lei de Diretrizes Orçamentárias – LDO, para 2021.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/88/projeto_de_lei_2221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/88/projeto_de_lei_2221.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal "Inovando para o Futuro", e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/185/projeto_de_lei_2321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/185/projeto_de_lei_2321.pdf</t>
   </si>
   <si>
     <t>Ofício 262/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 023/2021 que autoriza a abertura de um crédito adicional suplementar no Orçamento Geral do Município no valor de R$ 212.475,14.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/93/projeto_de_lei_2421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/93/projeto_de_lei_2421.pdf</t>
   </si>
   <si>
     <t>Estabelece requisitos para o Programa Pacote Agrícola, com o fornecimento de pacote de insumos agrícolas e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_2521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_2521.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas para o pagamento de diárias aos agentes públicos no âmbito do Poder Executivo do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_3321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_3321.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 245/2021 encaminhando para a Apreciação dos Vereadores o Projeto de Lei Nº 033/2021 que dispõe sobre a elaboração e execução da Lei Orçamentária 2022 (LDO).</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_3521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_3521.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 035/2021 que autoriza a abertura de credito adicional suplementar no orçamento geral do Município para o exercício de 2021.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_3621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_3621.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 240/2021, que encaminha o Projeto de Lei Nº 036/2021 que institui o comitê Municipal do Transporte escolar.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_3721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_3721.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 037/2021 que altera a Lei municipal Nº 1367/2020 de 16 de setembro de 2020.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_3821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_3821.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 239/2021, encaminhando para a Apreciação dos Vereadores o Projeto de Lei Nº 038/2021 que institui o Programa de recuperação fiscal do município de saudade do Iguaçu, REFIS 2021.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei_3921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei_3921.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 248/2021 encaminhando para a Apreciação dos Vereadores o Projeto de Lei Nº 039/2021 que autoriza o Poder Executivo implantar o Programa "Raspou Ganhou".</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_de_lei_4021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_de_lei_4021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para adquirir um painel eletrônico e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_4121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_4121.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 247/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei N 247/2021 que autoriza o Poder Executivo a criar e implantar o Conselho Municipal  dos Direitos da Pessoa Idosa.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_4221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_4221.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 249/2021, encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 042/2021 que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município para o Exercício financeiro de 2021 no valor de R$ 1.340.000,00.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_lei_4421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_lei_4421.pdf</t>
   </si>
   <si>
     <t>Ofício 263/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 044/2021 que autoriza a abertura de um crédito adicional suplementar no Orçamento Geral do Município no valor de R$ 600.000,00.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_4621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_4621.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 268/2021, encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 046/2021 que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2021 no valor de R$ 432.000,00.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei_4921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei_4921.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 293/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 049/2021 que autoriza a abertura de crédito adicional suplementar no valor de R$ 138.000,00 e de um crédito adicional especial no valor de R$ 40.000,00 no orçamento geral do Município de Saudade do Iguaçu no ano de 2021.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_5021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_5021.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 295/2021, encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 050/2021 que altera a Lei Municipal 1077 de 24 de março de 2017 que implantou o Programa Porteira Adentro.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_5121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_5121.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 299/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 051/2021 que institui o programa de apoio à agricultura familiar, e autoriza o executivo municipal a subsidiar recursos para o programa e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_5221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_5221.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 318/2021, encaminhando o Projeto de Lei Nº 052/2021 que autoriza a abertura de crédito adicional suplementar no  orçamento geral do Município no valor de R$ 501.416,34.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_5321_-_loa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_5321_-_loa.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 319/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 053/2021 que estima a receita e fixa a despesa do Município de Saudade do Iguaçu, para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_5421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_5421.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 329/2021, encaminhando o Projeto de Lei Nº 054/2021, que modifica o art. 3º da Lei Municipal 1.425/2021 de 31 de agosto de 2021.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/229/projeto_de_lei_5521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/229/projeto_de_lei_5521.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 339/2021, encaminhando para a Apreciação dos Vereadores o Projeto de Lei Nº 055/2021 que altera o Art. 2º da Lei Municipal 893/2014.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_5621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_5621.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 335/2021, encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 056/2021, que autoriza a abertura de crédito adicional suplementar no orçamento geral do Município para o Exercício Financeiro de 2021 no valor de R$ 567.000,00.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_lei_5721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_lei_5721.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 336/2021 encaminhando para a apreciação dos Vereadores em Regime de Urgência o Projeto de Lei Nº 057/2021 que institui no Município de Saudade do Iguaçu o programa de fomento exclusivo para MEI, ME e EPP, altera a Lei 1252/2019 e a Lei 1199/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_5821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_5821.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 337/2021, encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 058/2021 que autoriza a inclusão de ação de governo no PPA e na LDO e a abertura de crédito adicional Especial na LOA para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_5921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_5921.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 338/2021, encaminhando para a Apreciação dos Vereadores o Projeto de Lei Nº 059/2021 que autoriza a abertura de crédito adicional suplementar no orçamento geral do Município no valor de R$ 235.000,00 em Regime de urgência.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_6021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_6021.pdf</t>
   </si>
   <si>
     <t>Ofício nº 353/2021 encaminhando para a apreciação dos vereadores o Projeto de Lei Nº 060/2021 que autoriza a abertura de crédito adicional suplementar no orçamento geral do Município de Saudade do Iguaçu no valor de R$ 320.000,00.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_lei_6121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_lei_6121.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 357/2021, encaminhando para a apreciação dos Vereadores o Projeto de Lei 061/2021, que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do município no valor de R$ 120.000,00 em Regime de Urgência.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_6221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_6221.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 363/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 062/2021 que autoriza a abertura de crédito adicional suplementar no valor de R$ 195.000,00 e de um crédito adicional especial no valor de R$ 35.000,00 no orçamento geral do Município para o exercício de 2021.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Ofício Nº 394/2021 encaminhando para a apreciação dos vereadores o Projeto de Lei Nº 063/2021 que altera o art. 8º da Lei Municipal 1.255/2019 em regime de urgência.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_6421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_6421.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 371/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei nº 064/2021 que autoriza a abertura de crédito adicional suplementar no orçamento geral do Município de Saudade do Iguaçu para o Exercício Financeiro de 2021 no valor de R$ 252.000,00.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_6521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_6521.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 372/2021, encaminhando para a apreciação dos vereadores o Projeto de Lei Nº 065/2021 que autoriza a abertura de crédito adicional suplementar no orçamento geral do Município para o exercício financeiro de 2021 no valor de R$ 59.857,34.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/247/projeto_de_lei_6621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/247/projeto_de_lei_6621.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 381/2021 encaminhando para a apreciação do Projeto de Lei Nº 066/2021 que autoriza a abertura de crédito adicional suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná no valor de R$ 450.000,00 (quatrocentos e cinquenta mil reais).</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/246/projeto_de_lei_6721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/246/projeto_de_lei_6721.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 382/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 067/2021 que cria a ouvidoria geral do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei_6821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei_6821.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 383/2021 encaminhando para apreciação dos Vereadores para o Projeto de Lei Nº 068/2021 autorizando a abertura de credito adicional suplementar no orçamento geral do Município do ano de 2021 no valor de R$ 800.000,00.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_de_lei_6921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_de_lei_6921.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 384/2021 encaminhando para a apreciação dos Vereadores o Projeto de Lei Nº 069/2021 que autoriza a abertura de credito adicional suplementar e especial no orçamento geral do município do ano de 2021.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/263/pl_70-2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/263/pl_70-2021.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 393/2021, encaminhando o Projeto de Lei 070/2021 que autoriza a abertura de crédito adicional suplementar no Orçamento geral do Município  no valor de R$ 530.000,00 em Regime de Urgência.</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOSEMAR ANTÔNIO CEMIN, CELSO GIACOMINI, FELIPE FORGIARINI, JOSÉ CARLOS DE ASSIS (BILÃO)</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_0121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_0121.pdf</t>
   </si>
   <si>
     <t>Solicita inscrição da seguinte chapa para a Eleição da Mesa Diretora da Câmara Municipal de Saudade do Iguaçu/Pr, para o Biênio de 2021/2022.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_0221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_0221.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a obra do Parque do Lago.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_0321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_0321.pdf</t>
   </si>
   <si>
     <t>Pedido de informações</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_0421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_0421.pdf</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_0521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_0521.pdf</t>
   </si>
   <si>
     <t>Pedido de informações.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>HENRIQUE DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_0621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_0621.pdf</t>
   </si>
   <si>
     <t>Pedido de Providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>JOSEMAR ANTÔNIO CEMIN</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_0721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_0721.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de abrigo em Ponto de ônibus.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_0821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_0821.pdf</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_0921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_0921.pdf</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>VALDIR BAGESTON DE RAMOS - DEGO, LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_1021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_1021.pdf</t>
   </si>
   <si>
     <t>Pedido de providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CELSO GIACOMINI, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, JOSEMAR ANTÔNIO CEMIN, JOSÉ CARLOS DE ASSIS (BILÃO), LUIS FERNANDO VEDANA - DR. VEDANA, SETEMBRINO NATH - BINO, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_1121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_1121.pdf</t>
   </si>
   <si>
     <t>Requer envio de Ofício ao Governador do Estado do Paraná, ao Presidente da Assembleia Legislativa, assim como ao Comando Geral da Polícia Militar do Estado do Paraná, contendo a preocupação destes Vereadores com a atual situação da Segurança Publica no Estado, em especial a situação vivida pelos agentes de segurança, quer seja civis ou militares, que estão vivendo um dos piores momentos da história em relação a efetivo, salário e pressão social.</t>
   </si>
   <si>
     <t>SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_1321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_1321.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, através do Departamento de Urbanismo efetue o mais breve possível a abertura do canteiro central da Avenida Iguaçu na altura da rua Santos Dumont, no Perímetro Urbano deste Município</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_1421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_1421.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município através da Secretaria Municipal de Viação, Obras e Urbanismo efetue o mais breve possível o cascalhamento com material fresado cedido pelo DER/PR para a uso do Município no pátio em frente da Igreja Católica e da Igreja Assembleia de Deus, localizada na Comunidade de Bom Jesus, Assentamento Nova Fartura, Zona Rural do Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, JOSÉ CARLOS DE ASSIS (BILÃO), SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_1521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_1521.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município conceda reajuste ao funcionalismo público municipal de Saudade do Iguaçu/PR no corrente ano, conforme determina a Constituição Federal, ou alternativamente seja concedido um vale alimentação.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_1621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_1621.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município promova o transporte de trabalhadores do município de Saudade do Iguaçu/PR até o Parque Industrial local.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_1721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_1721.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município promova a readequação na entrada do Posto de Saúde em razão dos alagamentos.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/43/requerimento_1821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/43/requerimento_1821.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município construa uma guarita com banheiro e seja instalado um telefone e sistema de monitoramento com câmeras giratórias no Parque do Lago.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_1921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_1921.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja readequada a Rua Frei Caneca e também a Travessa das Azaleias junto ao Loteamento Rombaldi.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja readequada a Rua das Orquídeas.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_2121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_2121.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja concedido adicional de periculosidade aos vigilantes.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_2221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_2221.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de uma fossa.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>FELIPE FORGIARINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_2321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_2321.pdf</t>
   </si>
   <si>
     <t>Requer melhorias na caixa de água.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_2421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_2421.pdf</t>
   </si>
   <si>
     <t>Requer mudança de estrada rural.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_2521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_2521.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um muro.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_2621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_2621.pdf</t>
   </si>
   <si>
     <t>“Requer a observância da Lei Municipal nº 1.279/2019”.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_2721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_2721.pdf</t>
   </si>
   <si>
     <t>“Requer a substituição de caixa de água”.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_2821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_2821.pdf</t>
   </si>
   <si>
     <t>“Requer a construção de pontos de ônibus”.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_2921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_2921.pdf</t>
   </si>
   <si>
     <t>“Requer melhorias na rede de água da Linha Urutu”.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_3021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_3021.pdf</t>
   </si>
   <si>
     <t>Requer informações de quais são as empresas que receberam beneficias ou incentivos fiscais do município de Saudade do Iguaçu/PR, com a contrapartida de cada qual.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_3121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_3121.pdf</t>
   </si>
   <si>
     <t>“Solicita construções de pórticos ”.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_3221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_3221.pdf</t>
   </si>
   <si>
     <t>“Solicita serviço de roçada”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_3321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_3321.pdf</t>
   </si>
   <si>
     <t>“Solicitam recolhimento de resíduos sólidos”.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_3421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_3421.pdf</t>
   </si>
   <si>
     <t>“Solicita redução de área não edificável”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_3521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_3521.pdf</t>
   </si>
   <si>
     <t>“Construção de Ponto de Ônibus”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_3621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_3621.pdf</t>
   </si>
   <si>
     <t>“Colocação de tubos de concreto”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_3721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_3721.pdf</t>
   </si>
   <si>
     <t>“Perfuração de poço artesiano”.</t>
   </si>
   <si>
     <t>JOSÉ CARLOS DE ASSIS (BILÃO)</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_3821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_3821.pdf</t>
   </si>
   <si>
     <t>“Solicita a isenção de taxa de serviços considerados prioritários, contidos na Lei do Porteira Adentro”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_3921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_3921.pdf</t>
   </si>
   <si>
     <t>Requerem que quando ocorra substituição de peças da frota de veículos e máquinas rodoviárias do município, sejam aquelas trocadas, mantidas em depósito para conferência da população.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_4021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_4021.pdf</t>
   </si>
   <si>
     <t>“Colocação de material asfáltico fresado e iluminação”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_4121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_4121.pdf</t>
   </si>
   <si>
     <t>“Requer a colocação de tubos”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_4221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_4221.pdf</t>
   </si>
   <si>
     <t>“Requer a readequação de rua”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_4321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_4321.pdf</t>
   </si>
   <si>
     <t>“Redução de valores dos Preços Públicos”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_4421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_4421.pdf</t>
   </si>
   <si>
     <t>Solicita a regularização fundiária de todos os loteamentos irregulares e/ou clandestinos do Município.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_4521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_4521.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o funcionamento do poço artesiano de Alto Santa Rosa.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento_5021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento_5021.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilidade de atendimento odontológico após o horário de expediente.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento_5421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento_5421.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento Urbanismo efetue a instalação de uma tubulação para a retirada da água na Rua das Azaleias, no Bairro Colina, perímetro urbano deste Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>CELSO GIACOMINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_5821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_5821.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal, Senhor Darlei Trento que o Município de Saudade do Iguaçu, Estado do Paraná disponibilize através da Secretaria Municipal de Assistência Social um defensor público à população carente.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/156/requerimento_5921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/156/requerimento_5921.pdf</t>
   </si>
   <si>
     <t>Requer que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento de Urbanismo efetue o mais rápido possível a urgente instalação de uma mureta de proteção (guard-rail), na lateral da Rua, 19 de março, entre as ruas Araucária e Vitor Cenci, no perímetro urbano deste Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_6021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_6021.pdf</t>
   </si>
   <si>
     <t>Requerimento Nº 060/2021, que solicita informações do Setor de Recursos Humanos da Prefeitura Municipal sobre o Edital de Seleção de Estagiários nº 001/2021</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_6121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_6121.pdf</t>
   </si>
   <si>
     <t>Requerimento Nº 061/2021, que solicita informações da Secretaria Municipal de Assistência Social sobre a execução dos programas vigentes e requer o envio de documentos comprobatórios.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_6221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_6221.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os gastos com o concerto da rede de luz danificada pelas máquinas da prefeitura quando da reabertura da estrada da linha Sabiá, zona rural deste Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_6321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_6321.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município através da Secretaria Municipal de Educação retome o mais breve possível o transporte escolar nos bairros Nova Vida e Harmonia.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento_6421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento_6421.pdf</t>
   </si>
   <si>
     <t>Solicita informações do Poder Executivo em relação às funções gratificadas que foram atribuídas aos servidores da administração pública no último trimestre de 2021.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_6521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_6521.pdf</t>
   </si>
   <si>
     <t>Solicita retirada de tramitação de Projeto de Lei Legislativo.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_6621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_6621.pdf</t>
   </si>
   <si>
     <t>Solicita que a Secretaria da Câmara de Vereadores encaminha aos representantes da Bancada do PDT a relação dos requerimentos de informações encaminhados à Administração Pública Municipal no ano de 2021.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_6721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_6721.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 067/2021, de 03 de Setembro de 2021. “Requer a celebração de convênio com a Casa Familiar de Chopinzinho”</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_6821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_6821.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal, Senhor Darlei Trento que o Município de Saudade do Iguaçu, Estado do Paraná através da Secretaria Municipal de Educação efetue o mais breve possível a construção de um abrigo no ponto de ônibus localizado na comunidade de Alto Santa Rosa, zona rural do Município de Saudade do Iguaçu, Estado do Paraná, nas proximidades da entrada que dá acesso à comunidade de Três Saltos.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CELSO GIACOMINI, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, JOSEMAR ANTÔNIO CEMIN, JOSÉ CARLOS DE ASSIS (BILÃO), SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_6921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_6921.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal, Senhor Darlei Trento que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento de Engenharia realize estudos no sentido de efetuar a instalação de um redutor de velocidade junto à Avenida Iguaçu nas proximidades do Parque do Lago Municipal, no perímetro urbano do Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_7021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_7021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal, Senhor Darlei Trento que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento pertinente efetue o mais breve possível a troca de local do abrigo do ponto de ônibus localizado às margens da BR-158, na altura entrada que dá acesso à Comunidade de Nova Esperança, no Assentamento Nova Farturazona rural do Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_7121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_7121.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do campinho e do playground do Bairro Harmonia.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_7221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_7221.pdf</t>
   </si>
   <si>
     <t>Solicita informações do Chefe do Poder Executivo, referente às ações de governo destinadas ao cumprimento do art. 133 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_7321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_7321.pdf</t>
   </si>
   <si>
     <t>Requer a construção de redutor de velocidade junto ao bairro Colina.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_7421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_7421.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilidade de transporte aos professores.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_7521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_7521.pdf</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_7621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_7621.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná adote as medidas necessárias para o fiel cumprimento da Lei Ordinária Municipal Nº 1251/2019, de 07 de março de 2019 que cria o Programa de castração de cães e gatos do Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_7721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_7721.pdf</t>
   </si>
   <si>
     <t>Requer providências acerca da Rua Campos Verdes.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_7821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_7821.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que determine às suas secretarias municipais o encaminhando de informações atualizadas referentes aos indicadores socioeconômicos e socioeducativos da população Saudadense.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal, que tome as providências necessárias para encaminhamento à esta Casa de Leis de Projeto de Lei visando atender a Indicação Nº 010/2020, de autoria do ex-vereador Neidelar Vicente Bocalon aprovada pelo Plenário em 01 de junho de 2020.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_8021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_8021.pdf</t>
   </si>
   <si>
     <t>•	Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento responsável efetue de forma urgente reparos na rede hidráulica do ginásio de esportes São Silvestre ou que efetue a instalação de uma nova rede</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_8121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_8121.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento Urbanismo efetue o mais breve possível uma terraplanagem no terreno pertencente ao Poder Executivo Municipal ao final da Rua, das Orquídeas, no Bairro Colina para que seja possível manobrar o caminhão que faz a coleta de Lixo.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_8221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_8221.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através de seu Departamento responsável realize estudos no sentido de efetuar a construção de quebra-molas (lombadas) nas ruas do loteamento Martignago, perímetro urbano deste Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_8321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_8321.pdf</t>
   </si>
   <si>
     <t>•	Solicita que o Município através da Secretaria Municipal de Viação, Obras e Urbanismo efetue o mais breve possível a construção de uma tubulação para dar acesso ao pátio da Igreja Evangélica Assembleia de Deus localizada na Comunidade de Linha Pereira, Zona Rural do Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_8421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_8421.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município através da Secretaria Municipal de Esporte e Cultura realize anualmente reunião com lideranças religiosas do Município com a finalidade de ouvir opiniões destas lideranças em relação ao Show Gospel a ser realizado nas comemorações dos aniversários de emancipação politico administrativo do Município de Saudade do Iguaçu, Estado do Paraná</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_8521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_8521.pdf</t>
   </si>
   <si>
     <t>•	Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através dos Departamentos Urbanismo e de Meio Ambiente efetue o mais breve possível a fixação de mais lixeiras seletivas no parque do Lago e a devida recolocação das lixeiras ao longo da Avenida Iguaçu.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_8621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_8621.pdf</t>
   </si>
   <si>
     <t>•	Solicita que o Município de Saudade do Iguaçu, Estado do Paraná tome as medidas necessárias para o fiel cumprimento da Indicação Nº 050/2021, de autoria do Vereador Felipe Forgiarini.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_8721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_8721.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município através da Secretaria Municipal de Viação, Obras e Urbanismo efetue o mais breve possível a construção de um redutor de velocidade (quebra-molas) na estrada principal da Comunidade de Linha Pereira, Zona Rural deste Município de Saudade do Iguaçu, Estado do Paraná, mais precisamente em frente a residência da Senhora Tranquila Demarchi.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_8821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_8821.pdf</t>
   </si>
   <si>
     <t>Requer uma ampla reforma no cemitério municipal, localizado na comunidade de Linha Urutu.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_0121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_0121.pdf</t>
   </si>
   <si>
     <t>Indica a regularização fundiária do Perímetro Urbano da comunidade de Linha Urutu.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_0221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_0221.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através do Departamento de Engenharia elabore estudos no sentido de efetuar a construção de banheiros públicos junto à Praça Municipal.</t>
   </si>
   <si>
     <t>PDT</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_0321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_0321.pdf</t>
   </si>
   <si>
     <t>Indica a regulamentação dos serviços funerários do município.</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, FELIPE FORGIARINI, JOSÉ CARLOS DE ASSIS (BILÃO)</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_0421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_0421.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de uma colheitadeira de forragem.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao_0521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao_0521.pdf</t>
   </si>
   <si>
     <t>Indica a construção de vestiários nos campos do interior do Município.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_0621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_0621.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação de rede de água potável.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_0721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_0721.pdf</t>
   </si>
   <si>
     <t>Indica a construção de ponte na comunidade de Linha Urutu.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao_0821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao_0821.pdf</t>
   </si>
   <si>
     <t>Indica a perfuração de poço artesiano.</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA, SETEMBRINO NATH - BINO, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_0921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_0921.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição e um caminhão munk com cesto elevatório aéreo.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_1021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_1021.pdf</t>
   </si>
   <si>
     <t>“Indica a pavimentação asfáltica de estrada vicinal.”</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_2021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_2021.pdf</t>
   </si>
   <si>
     <t>“Indicam melhorias no CMEI Sonho Encantado”.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_2221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_2221.pdf</t>
   </si>
   <si>
     <t>“Indica a criação de cooperativa de catadores de materiais recicláveis.”</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_2321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_2321.pdf</t>
   </si>
   <si>
     <t>Indica construção de uma creche e de um playground na Comunidade de Linha Urutu.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_2421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_2421.pdf</t>
   </si>
   <si>
     <t>Indica a remoção das famílias residentes nas áreas de risco.</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_2521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_2521.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do Projeto Casa Renovada.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_3621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_3621.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de recapeamento da malha asfáltica da estrada municipal que dá acesso ao Laticínio Santiago (Szura).</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_3721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_3721.pdf</t>
   </si>
   <si>
     <t>“Indica ao Poder Executivo Municipal que solicite junto ao Departamento de Estrada de Rodagem (DER/PR), a execução de serviço rodoviário para instalação de ondulações transversais (lombadas) em quatro pontos da PR-158/trecho Saudade do Iguaçu.”</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_3821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_3821.pdf</t>
   </si>
   <si>
     <t>Indica a locação de um caminhão pipa.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_3921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_3921.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município, através de seu departamento de urbanismo, realize reparos na Rua Dorvalino Bochio, no Bairro Nova Vida, perímetro urbano deste Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_4621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_4621.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 046/2021, indicando ao Poder Executivo Municipal a necessidade da instalação de redutores de velocidade.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_4721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_4721.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 047/2021, indicando ao Poder Executivo Municipal a cedência em comodato de veículos para o Sindicato dos Trabalhadores Rurais e para a APAE de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_5121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_5121.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através dos Departamentos de Engenharia e de Urbanismo realize estudos no sentido de efetuar a instalação de redutor de velocidade (quebra-molas) junto à Avenida Iguaçu, entre as Ruas Frei Carlos Plavinsk e Santos Dumont, no perímetro urbano deste Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_5421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_5421.pdf</t>
   </si>
   <si>
     <t>Indica a reforma do posto de saúde de Linha Urutu.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_5521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_5521.pdf</t>
   </si>
   <si>
     <t>Indica a afixação de placas de sinalização.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_5621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_5621.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de cobertura em Playground.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_5721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_5721.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de abatedouro de peixes no Município.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_5821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_5821.pdf</t>
   </si>
   <si>
     <t>Indica a distribuição de caixas d´água às famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_5921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_5921.pdf</t>
   </si>
   <si>
     <t>Indica a terceirização de colheita de silagem.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_6021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_6021.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 060/2021, que indica a instalação de placas destinadas à identificação das ruas e logradouros públicos em todo perímetro urbano do município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, HENRIQUE DOS SANTOS, SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_6121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_6121.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 061/2021, que Indica a cedência de Cadeiras para a Igreja Deus é Amor.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_6221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_6221.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 062/2021, que indica a aquisição e instalação de climatizadores de ar.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_6321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_6321.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de conjunto completo de fenação.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_6421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_6421.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de cobertura de sinal telefonia móvel (celular) de novas operadoras em nosso Município.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_6521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_6521.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município de Saudade do Iguaçu disponibilize segurança 24 horas junto ao Parque do Lago e a devida instalação de câmeras de monitoramento em locais estratégicos.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_6621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_6621.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município realize estudos no sentido de criar no âmbito do Município de Saudade do Iguaçu, Estado do Paraná o Programa Municipal “Feira do Produtor e do Artesanato” utilizando o terreno pertencente ao Município onde ficava o antigo Clube Saudadense para a venda de produtos produzidos nas propriedades rurais e por artesãos do Município.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_6721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_6721.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através do Departamento de Viação, Obras e Urbanismo realize estudos no sentido de efetuar a aquisição de um britador móvel.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_6821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_6821.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município de Saudade do Iguaçu através da Secretaria Municipal de Educação efetue a distribuição de uniforme escolar completo, incluindo tênis para todas crianças da rede municipal de ensino do Município além de Kits escolares contendo mochila e material escolar.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_6921.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_6921.pdf</t>
   </si>
   <si>
     <t>Indica a construção de Estações de Tratamento e Distribuição de Água (ETA) nas comunidades rurais.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_7021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_7021.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de cobertura para embarque e desembarque no CMEI – Pequeno Anjo.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_7121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_7121.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através da Secretaria Municipal de Agricultura e Meio Ambiente elabore estudos no sentido de terceirizar parte do Programa Porteira Adentro, instituído pela Lei Municipal Nº LEI Nº 1077/2017 de 24 de março de 2017.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_7221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_7221.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o mesmo na condição de Gestor Público municipal gestione junto à Secretaria de Estado de Agricultura e do Abastecimento – SEAB/PR a mudança do Plano de Trabalho do equipamento cedido pelo estado através do Convênio com Cláusula de Cessão de Uso Nº 013/2019 (Escavadeira Hidráulica John Deere, 2020) celebrado entre o Município e a SEAB/PR.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_7321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_7321.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através da Secretaria Municipal de Saúde elabore estudos no sentido de efetuar a contratação de um médico ortopedista para atendimento da população no centro Municipal de Saúde do Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_7421.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_7421.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que seja elaborado estudo no sentido de avaliar a alteração da lei 1.279/2019, que instituiu o Programa de Transporte Escolar no Município de Saudade do Iguaçu, para permitir que os professores residentes no município possam fazer uso de assentos vagos disponíveis dos veículos nos trechos autorizados.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Indica a aquisição com o posterior repasse de grades niveladoras para as associações de produtores rurais.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_7621.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_7621.pdf</t>
   </si>
   <si>
     <t>Indica a reforma dos centros comunitários, campos e canchas de bochas.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através do Departamento responsável realize estudos no sentido de efetuar a cedência de 110 cadeiras para a Igreja Deus de Maravilha de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Indica a instalação de lixeiras ao longo da Rua Dionathan Dotti.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Indica a construção de uma rampa de acesso ao reservatório da Usina Hidroelétrica de Salto Santiago.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_8021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_8021.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através da Secretaria Municipal de Agricultura e Meio Ambiente realize estudos no sentido de criar um Programa Municipal com a finalidade de construção de silos de alvenaria para armazenamento de silagem em parceria com os produtores de leite do Município.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município através da Secretaria Municipal de Saúde realize estudos no sentido de efetuar a contratação de serviços de exames laboratoriais de urgência e emergência após o devido processo licitatório de forma direta.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>IndicA ao Excelentíssimo Senhor Prefeito Municipal, Darlei Trento, que o Município de Saudade do Iguaçu, realize estudos no sentido de efetuar a distribuição gratuita de “kits” churrasco contendo carne assada e acompanhamentos para a população Saudadense quando da comemoração do aniversário político administrativo do Município.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, FELIPE FORGIARINI, JOSÉ CARLOS DE ASSIS (BILÃO)</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_dl_0121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_dl_0121.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das Contas do Poder Executivo do Município de Saudade do Iguaçu, Estado do Paraná relativo ao exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/178/projeto_de_lei_leg_0721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/178/projeto_de_lei_leg_0721.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 07/2021, que autoriza o Poder Executivo a conceder abatimento efetivo nos impostos de Pessoas Jurídicas e/ou Pessoas Físicas situadas no Município de Saudade do Iguaçu que patrocinarem financeiramente os projetos de natureza esportiva e/ou cultural aprovados pela Secretaria Municipal de Esporte e Cultura.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_leg_0821.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_leg_0821.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 08/2021 que Determina a instalação de placas indicativas destinadas à identificação das ruas e logradouros públicos em todo perímetro urbano do município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_leg_1021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_leg_1021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de distribuição de panfletos, jornais publicitários, cartazes e congêneres nas vias públicas e logradouros, bem como, colocação na parte externa de veículos estacionados ou que estejam transitando pelas vias públicas, afixação em postes, árvores, tapumes, muros, paredes e similares no Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Educação, Saúde e Ação Social e de Agricultura, Emprego e Renda e Meio Ambiente favorável à aprovação do Projeto de Lei Nº 018/2021 com Emenda Aditiva 01/2021.</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, COSPU - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS E URBANISMO, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
     <t>Parecer Conjunto de todas as Comissões Permanentes favorável à aprovação do Projeto de Lei Nº 019/2021.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/107/parecer_pl021.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/107/parecer_pl021.pdf</t>
   </si>
   <si>
     <t>Parecer favorável à aprovação do Projeto de Lei Nº 021/2021.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/108/parecer_pl024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/108/parecer_pl024.pdf</t>
   </si>
   <si>
     <t>Parecer favorável à aprovação do Projeto de Lei Nº 024/2021</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Agricultura, Emprego e Renda e Meio Ambiente favorável à aprovação da Emenda Modificativa 04/2021 que altera o Art. 4º  do Projeto de Lei Nº 024/2021 e contrário à Emenda Modificativa 05/2021.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
     <t>Favorável à aprovação do Projeto de Lei Nº 025/2021</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Favorável à aprovação do Projeto de Lei Legislativo 03/2021</t>
   </si>
@@ -1875,105 +1875,105 @@
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 040/2021.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 041/2021.</t>
   </si>
   <si>
     <t>EAD</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, HENRIQUE DOS SANTOS, SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/34/ead_0121.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/34/ead_0121.pdf</t>
   </si>
   <si>
     <t>Insere o §2º no Art. 1º do Projeto de Lei Nº 18/2021.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/204/ead_0221.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/204/ead_0221.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva Nº 02/2021 que insere nova atividade no Anexo III, do Projeto de Lei Ordinária nº. 020/2021, de autoria do Poder Executivo, que dispõe sobre o Plano Plurianual do Município de Saudade do Iguaçu para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/205/ead_0321.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/205/ead_0321.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva 03/2021, que Insere nova atividade no Anexo III, do Projeto de Lei Ordinária nº. 020/2021, de autoria do Poder Executivo, que dispõe sobre o Plano Plurianual do Município de Saudade do Iguaçu para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>Insere o Parágrafo único ao Art. 1º do Projeto de Lei Nº 043/2021.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/116/emd_0521.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/116/emd_0521.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Ar. 19 do Projeto de Lei 024/2021</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Emenda Modificativa 06/2021 que altera altera o Anexo II do Projeto de Lei Ordinária nº. 020/2021, de autoria do Poder Executivo, que dispõe sobre o Plano Plurianual do Município de Saudade do Iguaçu para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/237/emd_0721.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/237/emd_0721.pdf</t>
   </si>
   <si>
     <t>altera a redação do Art. 4 do Projeto de Lei nº 053/2021, que estima a Receita e fixa a Despesa do Município de Saudade do Iguaçu para o exercício financeiro de 2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2280,68 +2280,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/2/pl_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/3/pl_03-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/4/pl_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/5/pl_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/19/pl_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/20/pl_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/88/projeto_de_lei_2221.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/185/projeto_de_lei_2321.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/93/projeto_de_lei_2421.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_2521.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_3321.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_3521.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_3621.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_3721.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_3821.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei_3921.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_de_lei_4021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_4121.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_4221.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_lei_4421.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_4621.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei_4921.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_5021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_5121.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_5221.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_5321_-_loa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_5421.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/229/projeto_de_lei_5521.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_5621.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_lei_5721.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_5821.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_5921.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_6021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_lei_6121.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_6221.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_6421.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_6521.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/247/projeto_de_lei_6621.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/246/projeto_de_lei_6721.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei_6821.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_de_lei_6921.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/263/pl_70-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_0121.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_0221.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_0321.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_0421.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_0521.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_0621.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_0721.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_0821.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_0921.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_1021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_1121.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_1321.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_1421.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_1521.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_1621.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_1721.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/43/requerimento_1821.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_1921.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_2121.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_2221.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_2321.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_2421.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_2521.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_2621.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_2721.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_2821.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_2921.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_3021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_3121.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_3221.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_3321.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_3421.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_3521.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_3621.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_3721.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_3821.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_3921.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_4021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_4121.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_4221.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_4321.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_4421.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_4521.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento_5021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento_5421.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_5821.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/156/requerimento_5921.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_6021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_6121.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_6221.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_6321.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento_6421.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_6521.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_6621.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_6721.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_6821.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_6921.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_7021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_7121.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_7221.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_7321.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_7421.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_7521.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_7621.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_7721.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_7821.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_8021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_8121.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_8221.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_8321.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_8421.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_8521.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_8621.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_8721.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_8821.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_0121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_0221.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_0321.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_0421.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao_0521.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_0621.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_0721.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao_0821.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_0921.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_1021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_2221.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_2321.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_2421.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_2521.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_3621.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_3721.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_3821.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_3921.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_4621.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_4721.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_5121.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_5421.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_5521.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_5621.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_5721.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_5821.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_5921.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_6021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_6121.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_6221.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_6321.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_6421.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_6521.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_6621.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_6721.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_6821.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_6921.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_7021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_7121.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_7221.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_7321.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_7421.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_7621.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_8021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_dl_0121.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/178/projeto_de_lei_leg_0721.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_leg_0821.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_leg_1021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/107/parecer_pl021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/108/parecer_pl024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/34/ead_0121.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/204/ead_0221.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/205/ead_0321.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/116/emd_0521.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/237/emd_0721.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/2/pl_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/3/pl_03-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/4/pl_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/5/pl_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/19/pl_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/20/pl_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/88/projeto_de_lei_2221.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/185/projeto_de_lei_2321.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/93/projeto_de_lei_2421.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_2521.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_3321.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_3521.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_3621.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_3721.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_3821.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei_3921.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_de_lei_4021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_4121.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/163/projeto_de_lei_4221.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_lei_4421.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_4621.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei_4921.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_5021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_5121.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_5221.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_5321_-_loa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_5421.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/229/projeto_de_lei_5521.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_5621.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_lei_5721.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_5821.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_5921.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_6021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_lei_6121.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_6221.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_6421.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_6521.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/247/projeto_de_lei_6621.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/246/projeto_de_lei_6721.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei_6821.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_de_lei_6921.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/263/pl_70-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_0121.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_0221.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_0321.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_0421.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_0521.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_0621.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_0721.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_0821.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_0921.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_1021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_1121.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_1321.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_1421.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_1521.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_1621.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_1721.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/43/requerimento_1821.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_1921.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_2121.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_2221.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_2321.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_2421.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_2521.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_2621.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_2721.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_2821.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_2921.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_3021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/56/requerimento_3121.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_3221.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_3321.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_3421.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_3521.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_3621.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_3721.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_3821.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_3921.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_4021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_4121.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_4221.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_4321.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_4421.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_4521.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento_5021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento_5421.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_5821.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/156/requerimento_5921.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_6021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_6121.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_6221.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_6321.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento_6421.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_6521.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_6621.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_6721.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_6821.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_6921.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_7021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_7121.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_7221.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_7321.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_7421.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_7521.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_7621.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_7721.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_7821.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_8021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_8121.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_8221.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_8321.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_8421.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_8521.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_8621.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_8721.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_8821.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_0121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_0221.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_0321.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_0421.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao_0521.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_0621.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_0721.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao_0821.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_0921.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_1021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_2221.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_2321.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_2421.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_2521.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_3621.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_3721.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_3821.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_3921.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_4621.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_4721.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_5121.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_5421.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_5521.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_5621.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_5721.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_5821.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_5921.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_6021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_6121.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_6221.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_6321.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_6421.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_6521.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_6621.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_6721.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_6821.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_6921.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_7021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_7121.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_7221.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_7321.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_7421.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_7621.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_8021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_dl_0121.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/178/projeto_de_lei_leg_0721.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_leg_0821.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_leg_1021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/107/parecer_pl021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/108/parecer_pl024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/34/ead_0121.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/204/ead_0221.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/205/ead_0321.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/116/emd_0521.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2021/237/emd_0721.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>