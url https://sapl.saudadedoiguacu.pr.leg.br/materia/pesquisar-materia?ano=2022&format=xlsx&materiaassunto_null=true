--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -54,2205 +54,2205 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>DARLEI TRENTO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/285/pl_05-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/285/pl_05-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais do quadro único do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/286/pl_06-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/286/pl_06-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais, ocupantes de cargo em comissão e funções gratificadas.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/287/pl_07-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/287/pl_07-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no orçamento geral do Município para o exercício financeiro de 2022 no valor de R$ 1.143.573,06.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/290/pl_08-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/290/pl_08-2022.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal dos Direitos da Pessoa com Deficiência de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/289/pl_09-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/289/pl_09-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no orçamento geral do Município para o ano de 2022 no valor de R$ 1.130.000,00.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/322/pl_10-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/322/pl_10-2022.pdf</t>
   </si>
   <si>
     <t>Altera os valores das metas anuais para 2022 constantes no anexo de metas fiscais da LDO para 2022.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/324/pl_11-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/324/pl_11-2022.pdf</t>
   </si>
   <si>
     <t>Altera o §6º do art. 20 da Lei 1213/2018.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/323/pl_12-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/323/pl_12-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional suplementar no valor de R$ 1.842.377,87 e de um crédito adicional especial no valor de R$ 15.000,00 para o exercício de 2022.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/328/pl_13-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/328/pl_13-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu para o ano de 2022 no valor de R$ 1.305.000,00.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/335/pl_14-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/335/pl_14-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o exercício financeiro de 2022 no valor de R$ 1.300.000,00.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/339/pl_15-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/339/pl_15-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho municipal de turismo e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/340/pl_16-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/340/pl_16-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no orçamento geral do Município de Saudade do Iguaçu para o exercício financeiro de 2022 no valor de R$ 400.000,00.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/348/pl_17-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/348/pl_17-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 543/2010.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/362/pl_18-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/362/pl_18-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional suplementar no Orçamento Geral do Município do ano de 2022 no valor de R$ 777.299,00.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/363/pl_19-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/363/pl_19-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do vencimento do cargo de professor 40 horas em adequação ao Piso Nacional dos Professores e dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/364/pl_20-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/364/pl_20-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de nova ação de governo no PPA e na LDO e a abertura de um credito Adicional Especial na Lei Orçamentária anual de 2022.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/366/pl_21-2022_-_rejeitado.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/366/pl_21-2022_-_rejeitado.pdf</t>
   </si>
   <si>
     <t>Regulamenta a distribuição dos honorários advocatícios de sucumbência das causas em que for parte o Município.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/371/pl_22-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/371/pl_22-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o Exercício Financeiro de 2022 no valor de R$ 2.020.000,00.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/372/pl_23-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/372/pl_23-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o Exercício Financeiro de 2022 no valor de R$ 350.969,40.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/389/pl_24-2022_-_ldo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/389/pl_24-2022_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração e execução da Lei Orçamentária para o exercício financeiro de 2023 (LDO 2023).</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/464/pl_25-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/464/pl_25-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 025/2022 que autoriza a alteração das metas das ações dos programas de governo e da estimativa das receitas do Plano Plurianual que foi estabelecido pela Lei Municipal nº 1.435/2021 de 05 de outubro de 2021.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/377/pl_26-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/377/pl_26-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no orçamento geral do Município para 2022 no valor de R$ 1.954.544,00.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/383/pl_27-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/383/pl_27-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional suplementar no orçamento geral do município para o exercício financeiro de 2022 no valor de R$ 502.600,00.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/386/pl_28-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/386/pl_28-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Nº 1.284/2019 em Regime de Urgência.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/385/pl_29-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/385/pl_29-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no valor de R$ 126.000,00 e de um crédito adicional especial no valor de R$ 15.000,00 no orçamento geral do Município de Saudade do Iguaçu, para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/401/pl_31-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/401/pl_31-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná, para o Exercício Financeiro de 2022 no valor de R$ 345.000,00.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/397/pl_32-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/397/pl_32-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1199/2018.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/400/pl_33-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/400/pl_33-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto de incentivo ao Esporte Amador, autorizando a Premiação de campeonatos esportivos municipais, organizados pelo Município de Saudade do Iguaçu, Paraná.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/406/pl_35-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/406/pl_35-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no orçamento geral do município para o exercício financeiro de 2022 valor de R$ 3.120.000,00.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/407/pl_36-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/407/pl_36-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal e dá outras providências.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/408/pl_37-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/408/pl_37-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no valor de R$ 324.500,00 no orçamento geral do Município para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/409/pl_38-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/409/pl_38-2022.pdf</t>
   </si>
   <si>
     <t>Inclui os parágrafos 2º, 3º e 4º no art. 6º da Lei 1172/2018 de 21 de março de 2018.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/419/pl_39-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/419/pl_39-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no Orçamento geral do Município de Saudade do Iguaçu para o Exercício Fiannceiro de 2022 no valor de R$ 617.800,00.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/420/pl_40-2022_-_loa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/420/pl_40-2022_-_loa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual (LOA)  para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/426/pl_42-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/426/pl_42-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o Exercício Financeiro de 2022 no valor de R$ 345.000,00.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/435/pl_43-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/435/pl_43-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 043/2022 de autoria do Prefeito Municipal que altera a Lei Municipal Nº 1.425-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/442/pl_45-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/442/pl_45-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 044/2022 que autoriza a abertura de crédito adicional suplementar no Orçamento Geral do Município de Saudade do Iguaçu, para o Exercício Financeiro de 2022 no valor de R$ 156.000,00.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/443/pl_46-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/443/pl_46-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 046/2022 que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município no valor de R$ 183.552,00.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/450/pl_47-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/450/pl_47-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 047/2022 que altera o art. 4º da Lei Municipa 1.431/2021, reduzindo o valor alocado e dá outras providencias.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/447/pl_48-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/447/pl_48-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 048/2022, de autoria do Prefeito Municipal que autoriza a abertura de crédito adicional suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná no valor de R$265.000,00  para o Exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/452/pl_49-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/452/pl_49-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 049/2022 que autoriza a abertura de um crédito adicional suplementar no valor de R$ 322.546,90 e de um crédito adicional especial no valor de R$ 51.964,82 no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/453/pl_50-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/453/pl_50-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 050/2022, que autoriza a abertura de crédito adicional Suplementar no valor de R$ 924.000,00 no Orçamento Geral do Município de Saudade do Iguaçu para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/462/pl_52-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/462/pl_52-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 052/2022 que autoriza a abertura de crédito adicional suplementar no orçamento geral do Município para o execício financeiro de 2022 no valor de R$ 1.264.900,00.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/463/pl_53-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/463/pl_53-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 053/2022 que dispõe sobre a aprovação do Loteamento Industrial Iguaçu.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/269/requerimento_0122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/269/requerimento_0122.pdf</t>
   </si>
   <si>
     <t>Solicita informações do Departamento de Engenharia acerca dos danos na obra do Parque do Lago, informações estas contendo relação de danos, responsabilidade e providências tomadas pelo Poder Publico e informações acerca do terreno do Município localizado no Bairro Industrial. Informações estas relativas ao terreno que está sendo cultivado por terceiros, devendo constar quem está cultivando a área, qual Departamento é responsável pelo local, de que forma foi cedido e quem autorizou o plantio na área</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/300/requerimento_0222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/300/requerimento_0222.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca dos motivos pelo qual o rolo compactador pertencente ao Município de Saudade do Iguaçu estava no Município vizinho de Sulina no último dia 22 de fevereiro de 2022.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/299/requerimento_0322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/299/requerimento_0322.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná dê o mais breve possível o fiel cumprimento à Indicação Nº 040/2021, de 13 de julho de 2021 de autoria dos Vereadores Luis Fernando Vedana e Valdir Bageston de Ramos e à Indicação Nº 046/2021, de 02 de agosto de 2021 de autoria do Vereador Henrique dos Santos (cópias em anexo).</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/311/requerimento_0422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/311/requerimento_0422.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca do andamento da Indicação Nº 11/2022 de autoria destes signatários que indicou o pagamento de Gratificação por Dedicação Exclusiva de 60% para os motoristas da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/312/requerimento_0522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/312/requerimento_0522.pdf</t>
   </si>
   <si>
     <t>solicita informações pertinentes à construção da Rede de Esgoto em nosso Município.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento_0622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento_0622.pdf</t>
   </si>
   <si>
     <t>Pedido de informações e de providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/334/requerimento_0722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/334/requerimento_0722.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca do funcionamento do sistema de monitoramento do Perímetro Urbano.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_0822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_0822.pdf</t>
   </si>
   <si>
     <t>Solicita providências acerca do asfalto danificado que dá acesso ao laticínio Santiago.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_0922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_0922.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento competente elabore estudos no sentido de efetuar a troca das placas indicativas de localização das comunidades do interior e dos condomínios localizados nas margens do alagado da usina hidroelétrica de Salto Santiago por placas maiores.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>CELSO GIACOMINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_1022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_1022.pdf</t>
   </si>
   <si>
     <t>•	Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através do Departamento de Engenharia notifique a empresa que efetuou a reforma do centro comunitário da Comunidade de Linha Biguá para que a mesma efetue o mais rápido possível reparos no piso do referido centro comunitário.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_1122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_1122.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca da da 1ª Feira do Comércio ACESI e Produtor Rural de Saudade do Iguaçu  e do programa de incentivo às MEIs do Município.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_1222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_1222.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná tome as devidas providências necessárias para atender urgentemente a Indicação Nº 046/2021, de 02 de agosto de 2021 de autoria do Vereador Henrique dos Santos (cópia em anexo).</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>FELIPE FORGIARINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/393/requerimento_1322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/393/requerimento_1322.pdf</t>
   </si>
   <si>
     <t>Pedido de providências objetivando o transporte publico coletivo dos munícipes residentes no zona rural até a sede do Município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/394/requerimento_1422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/394/requerimento_1422.pdf</t>
   </si>
   <si>
     <t>Pedido de providências objetivando solucionar os problemas hoje existentes em algumas cisternas para captação de água construídas em parceria com os avicultores do Município.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>CLAYTON JONATHAN BITENCOURT</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/395/requerimento_1522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/395/requerimento_1522.pdf</t>
   </si>
   <si>
     <t>Pedido de providências visando disponibilizar o mais breve possível aos servidores municipais o cartão do Programa de Auxílio Alimentação, limitando a utilização do mesmo nos estabelecimentos credenciados com sede em Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/402/requerimento_1622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/402/requerimento_1622.pdf</t>
   </si>
   <si>
     <t>Solicita que a Secretaria Municipal de Agricultura e Meio Ambiente encaminhe a esta Casa de Leis informações acerca do funcionamento do poço artesiano que abastece a comunidade de Alto Santa Rosa e de parte do Assentamento Nova Fatura, na zona rural deste Município de Saudade do Iguaçu/Pr.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/403/requerimento_1722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/403/requerimento_1722.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado a esta Casa de Leis cópias de todos os processos do programa de incentivo às MEIs do Município contendo individualmente: Carta de intenções, orçamentos, lista dos beneficiados, gasto individual por beneficiado, notas fiscais, empenhos e fases de entrega.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/425/requerimento_1822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/425/requerimento_1822.pdf</t>
   </si>
   <si>
     <t>Pedido de providências acerca da Indicação Nº 055/2022.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>JOSEMAR ANTÔNIO CEMIN</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_1922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_1922.pdf</t>
   </si>
   <si>
     <t>Requer cópia integral dos Projetos arquitetônicos dos telhados do Centro Municipal de Saúde e da Creche Municipal compreendendo todas as obras realizadas.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/434/requerimento_2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/434/requerimento_2022.pdf</t>
   </si>
   <si>
     <t>Requer a elaboração de um laudo técnico pericial do Departamento de Engenharia sobre a situação estrutural da laje localizada na cobertura do CMEI – Pequeno Anjo.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/440/requerimento_2122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/440/requerimento_2122.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado a esta Casa de Leis informações acerca da obra do asfalto que liga o centro da cidade ao Laticínio Santiago, informações estas sobre a espessura, valor por metro quadrado e valor total.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/446/requerimento_2222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/446/requerimento_2222.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de o mais breve possível o fiel cumprimento à Indicação Nº 047/2021, de autoria do Vereador José Carlos de Assis, que indicou ao Poder Executivo Municipal a cedência em comodato de veículos para o Sindicato dos Trabalhadores Rurais e para a APAE de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CELSO GIACOMINI, CLAYTON JONATHAN BITENCOURT, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, JOSEMAR ANTÔNIO CEMIN, LUIS FERNANDO VEDANA - DR. VEDANA, SETEMBRINO NATH - BINO, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/454/requerimento_2322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/454/requerimento_2322.pdf</t>
   </si>
   <si>
     <t>Solicita a convocação do Secretário Municipal de Industria, Comércio e Turismo.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/455/requerimento_2422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/455/requerimento_2422.pdf</t>
   </si>
   <si>
     <t>Solicita a criação de um Programa de Recuperação Fiscal do Município.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/465/requerimento_2522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/465/requerimento_2522.pdf</t>
   </si>
   <si>
     <t>Solicita providências acerca da limpeza de terrenos baldios.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Requer a Apreciação em Regime de Urgência do Projeto de Lei Legislativo Nº 04/2022.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_0122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_0122.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutores de velocidade e abrigos em ponto de ônibus junto ao Loteamento Martignago.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_0222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_0222.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação de rede de abastecimento e distribuição de água potável.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>HENRIQUE DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_0322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_0322.pdf</t>
   </si>
   <si>
     <t>Indica a perfuração de um poço artesiano e/ou a ampliação de rede de abastecimento e distribuição de água potável.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CELSO GIACOMINI, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, JOSEMAR ANTÔNIO CEMIN, JOSÉ CARLOS DE ASSIS (BILÃO), SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_0422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_0422.pdf</t>
   </si>
   <si>
     <t>Indicam a instalação de abrigos nos pontos de ônibus.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_0522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_0522.pdf</t>
   </si>
   <si>
     <t>Indica reparos em entrada de propriedade rural.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/275/indicacao_0622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/275/indicacao_0622.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de Lixeira.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_0722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_0722.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de Placas Identificação nas Ruas do Bairro Colina no Perímetro Urbano do Município.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_0822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_0822.pdf</t>
   </si>
   <si>
     <t>Indica a construção de ponte em conjunto com o Município de Sulina/Pr.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/278/indicacao_0922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/278/indicacao_0922.pdf</t>
   </si>
   <si>
     <t>Indica o envio de Projeto de Lei regulamentando a concessão de diárias à membros do Conselho Tutelar.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/279/indicacao_1022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/279/indicacao_1022.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um Terminal Rodoviário Municipal.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/280/indicacao_1122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/280/indicacao_1122.pdf</t>
   </si>
   <si>
     <t>Indica o pagamento de Gratificação por Dedicação Exclusiva de 60% para os motoristas da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/281/indicacao_1222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/281/indicacao_1222.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias na Casa Mortuária Municipal.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_1322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_1322.pdf</t>
   </si>
   <si>
     <t>Indica a gratuidade para a população Saudadense nos shows de comemoração do aniversário do Município.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/283/indicacao_1422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/283/indicacao_1422.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do PROGRAMA DE CISTERNAS PARA AVICULTURA RUMO À UMA AGRICULTURA SUSTENTÁVEL instituído pela Lei Municipal Nº 1240/2018 de 04 de dezembro de 2018.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/284/indicacao_1522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/284/indicacao_1522.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de empresa para o transporte coletivo publico de munícipes residentes na zona rural do Município.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/291/indicacao_1622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/291/indicacao_1622.pdf</t>
   </si>
   <si>
     <t>Indica a construção de abrigo em ponto de ônibus localizado no Bairro Colina.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/292/indicacao_1722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/292/indicacao_1722.pdf</t>
   </si>
   <si>
     <t>Indica que o Município gestione junto a SANEPAR melhorias na captação e distribuição de água potável.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/293/indicacao_1822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/293/indicacao_1822.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do PROGRAMA PORTEIRA ADENTRO instituído pela Lei Municipal Nº 1077/2017 de 24 de março de 2017.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_1922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_1922.pdf</t>
   </si>
   <si>
     <t>Indica a alteração para mão única na Rua, Frei Carlos Plavinsk.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>JOSÉ CARLOS DE ASSIS (BILÃO)</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_2022.pdf</t>
   </si>
   <si>
     <t>Indica reparos nas ruas do Perímetro Urbano.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_2122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_2122.pdf</t>
   </si>
   <si>
     <t>Indica o funcionamento após o horário de expediente da farmácia da Unidade Básica de Saúde (UBS) do Município.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_2222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_2222.pdf</t>
   </si>
   <si>
     <t>Indica a construção de creches nos Bairros Harmonia e Nova Vida.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_2322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_2322.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de uma retroescavadeira para o Departamento de Urbanismo.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/301/indicacao_2422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/301/indicacao_2422.pdf</t>
   </si>
   <si>
     <t>Indica o envio de Projeto de Lei para a Câmara Municipal com a finalidade de alteração da quantidade dos insumos concedidos pelo Programa Pacote Agrícola.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/302/indicacao_2522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/302/indicacao_2522.pdf</t>
   </si>
   <si>
     <t>Indica que o Município incentive as modalidades esportivas de futebol de campo e futebol suíço.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/303/indicacao_2622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/303/indicacao_2622.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição com o posterior repasse de três grades aradouras (góbia) para as associações de produtores rurais.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/304/indicacao_2722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/304/indicacao_2722.pdf</t>
   </si>
   <si>
     <t>Indica o transporte de estudantes universitários aos sábados.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/305/indicacao_2822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/305/indicacao_2822.pdf</t>
   </si>
   <si>
     <t>Indica a criação de um auxilio transporte aos trabalhadores do frigorifico da COASUL.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_2922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_2922.pdf</t>
   </si>
   <si>
     <t>Indica a reposição de estoque dos medicamentos junto a farmácia básica do Município.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_3022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_3022.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um salão de eventos junto ao Parque do Lago.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, JOSÉ CARLOS DE ASSIS (BILÃO), SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_3122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_3122.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de portão eletrônico junto ao parque de máquinas.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_3222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_3222.pdf</t>
   </si>
   <si>
     <t>Indica o envio de Projeto de Lei à Câmara Municipal visando revisão de valores de Funções Gratificadas.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/310/indicacao_3322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/310/indicacao_3322.pdf</t>
   </si>
   <si>
     <t>Indica a concessão de auxilio aos trabalhadores da Piracanjuba.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_3422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_3422.pdf</t>
   </si>
   <si>
     <t>Indica a construção de abrigos em pontos de ônibus.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_3522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_3522.pdf</t>
   </si>
   <si>
     <t>Indica a reforma de todos os Playgrounds.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/315/indicacao_3622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/315/indicacao_3622.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade junto à rua 19 de março.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_3722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_3722.pdf</t>
   </si>
   <si>
     <t>Indica a concessão de vale transporte aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/317/indicacao_3822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/317/indicacao_3822.pdf</t>
   </si>
   <si>
     <t>Indica a concessão de transporte escolar para alunos do CMEI – Pequeno Anjo (creche).</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_3922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_3922.pdf</t>
   </si>
   <si>
     <t>Indica a realização de protocolo junto à SEAB, para o recebimento de verbas estaduais.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_4022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_4022.pdf</t>
   </si>
   <si>
     <t>Indica a pavimentação asfáltica de estrada.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_4122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_4122.pdf</t>
   </si>
   <si>
     <t>Indica a pavimentação asfáltica de travessas no Perímetro Urbano da Vila Santiago (Linha Urutu).</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_4222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_4222.pdf</t>
   </si>
   <si>
     <t>Indica o alargamento de trecho de rodovia no Perímetro Urbano.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_4322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_4322.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação da rede de iluminação pública.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_4422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_4422.pdf</t>
   </si>
   <si>
     <t>Indica a convocação de uma reunião entre a secretaria de agricultura e representantes das Associações de Agricultores.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_4522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_4522.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de Planos de Saúde para os Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_4622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_4622.pdf</t>
   </si>
   <si>
     <t>Indica a construção de abrigo em pontos de ônibus</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/331/indicacao_4722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/331/indicacao_4722.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do Projeto Casa Renovada.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_4822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_4822.pdf</t>
   </si>
   <si>
     <t>Indica a regularização fundiária dos terrenos irregulares localizados no Perímetro Urbano de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_4922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_4922.pdf</t>
   </si>
   <si>
     <t>Indica a pavimentação e a instalação de iluminação pública de travessa localizada no Loteamento Rombaldi.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_5022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_5022.pdf</t>
   </si>
   <si>
     <t>“Indica a realização do FUMACÊ DA DENGUE, em todo o Perímetro Urbano.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_5122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_5122.pdf</t>
   </si>
   <si>
     <t>Indica a perfuração de poço artesiano nas proximidades do abatedouro municipal.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_5222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_5222.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de iluminação pública.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_5322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_5322.pdf</t>
   </si>
   <si>
     <t>Indica a compra de uma semeadeira para a ACAMF.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_5422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_5422.pdf</t>
   </si>
   <si>
     <t>Indica a realização de um mutirão de limpeza contra a Dengue.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_5522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_5522.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de transporte para os trabalhadores do bairro Industrial.”</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_5622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_5622.pdf</t>
   </si>
   <si>
     <t>Indica a construção de creche no Bairro Industrial.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/345/indicacao_5722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/345/indicacao_5722.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de uniformes para os vigias.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_5822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_5822.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma rotatória na esquina da Rua, Hilário Salvatori com a Rodovia Municipal Lurdes Moreira.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, JOSÉ CARLOS DE ASSIS (BILÃO)</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_5922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_5922.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de um caminhão bi-caçamba.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_6022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_6022.pdf</t>
   </si>
   <si>
     <t>Indica a criação de Programa Municipal de Incentivo a Construção de Estufas.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_6122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_6122.pdf</t>
   </si>
   <si>
     <t>Indica o devido incentivo cultural à artistas locais.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_6222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_6222.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de um 48 eletrônico.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_6322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_6322.pdf</t>
   </si>
   <si>
     <t>Indica o devido atendimento à PEC nº 09/2022.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_6422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_6422.pdf</t>
   </si>
   <si>
     <t>Indica a construção de passarelas para embarque e desembarque de ônibus.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_6522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_6522.pdf</t>
   </si>
   <si>
     <t>Indica a reforma do muro do cemitério da Comunidade de Santa Rosa.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_6622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_6622.pdf</t>
   </si>
   <si>
     <t>Indica o subsídio de combustível às Associações de agricultores.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_6722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_6722.pdf</t>
   </si>
   <si>
     <t>Indica mudanças no transito do perímetro urbano.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/359/indicacao_6822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/359/indicacao_6822.pdf</t>
   </si>
   <si>
     <t>Indica o alargamento de travessa no Perímetro Urbano.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_6922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_6922.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição pelo Município de um caminhão comboio para efetuar o transporte de combustível para o maquinário da municipalidade de forma correta.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_7022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_7022.pdf</t>
   </si>
   <si>
     <t>Indica a criação por parte da Secretaria Municipal de Agricultura e Meio Ambiente de um Programa Municipal voltado à distribuição gratuita de mudas frutíferas junto ao viveiro municipal.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/369/indicacao_7122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/369/indicacao_7122.pdf</t>
   </si>
   <si>
     <t>Indica a criação de Programa Municipal visando a criação de um fundo para o custeio parcial de serviços de reparo e manutenção de maquinário e implementos agrícolas cedidos às associações de agricultores do Município.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/370/indicacao_7222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/370/indicacao_7222.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de um semáforo no cruzamento da Avenida Iguaçu com a Rua Valentin Olivo.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/374/indicacao_7322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/374/indicacao_7322.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do programa de fornecimento de curso pré-vestibular e preparatório para ingresso de munícipes em cursos de ensino superior.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/375/indicacao_7422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/375/indicacao_7422.pdf</t>
   </si>
   <si>
     <t>Indica a reabertura de estrada vicinal.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/378/indicacao_7522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/378/indicacao_7522.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de 2 carretas basculantes e de uma semeadeira para a ACANF.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_7622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_7622.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um passador de gado na comunidade de Santa Rosa.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_7722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_7722.pdf</t>
   </si>
   <si>
     <t>Indica o devido atendimento à Lei Federal nº 14.434/2022.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/384/indicacao_7822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/384/indicacao_7822.pdf</t>
   </si>
   <si>
     <t>“Indica a reforma do muro do cemitério da Comunidade de Linha Biguá.”</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Indica a instalação de sistema de som na capela mortuária.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Indica a mudança de localização de estrada vicinal.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Indica a aquisição de uma ensiladeira área total com posterior cedência à Associação de Agricultores Nova Esperança.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_8222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_8222.pdf</t>
   </si>
   <si>
     <t>Indica a reparos nos postes de iluminação pública ao longo da Avenida Iguaçu.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_8322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_8322.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 083/2022 que indica a construção de esterqueira nos termos da Lei Municipal 1.085/2017.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_8422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_8422.pdf</t>
   </si>
   <si>
     <t>Indica a cessão de uso de veículos para associações de agricultores.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_8522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_8522.pdf</t>
   </si>
   <si>
     <t>Indica a realização de reparos em estrada vicinal.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/405/indicacao_8622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/405/indicacao_8622.pdf</t>
   </si>
   <si>
     <t>Indica ações voltadas à piscicultura do Município.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_8722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_8722.pdf</t>
   </si>
   <si>
     <t>Indica a recuperação do campo localizado no Parque do Lago.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_8822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_8822.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de um portão.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_8922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_8922.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro de contenção.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_9022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_9022.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de equipamentos mecanizados para a produção de hortaliças.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_9122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_9122.pdf</t>
   </si>
   <si>
     <t>Indica o reenquadramento salarial dos servidores públicos ocupantes do cargo de Assistente de Professor de Educação Infantil.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_9222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_9222.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de uma secretária eletrônica junto à Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>CLAYTON JONATHAN BITENCOURT, FELIPE FORGIARINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_9322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_9322.pdf</t>
   </si>
   <si>
     <t>Indica que o Município auxilie a Associação de Agricultores de Santa Rosa na reforma e ampliação de uma garagem.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_9422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_9422.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município abra diálogo com o Município de Chopinzinho/Pr, visando a instalação de uma antena de telefonia celular nas proximidades da Comunidade de Santa Rosa.”</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_9522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_9522.pdf</t>
   </si>
   <si>
     <t>Indica a realização de operação tapa buracos na Rodovia Abel Panizzon.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_9622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_9622.pdf</t>
   </si>
   <si>
     <t>Indica a Instalação de uma lixeira grande, nas proximidades da entrada do Parque do Lago.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_9722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_9722.pdf</t>
   </si>
   <si>
     <t>Indica a tomada de providências acerca da Iluminação Pública na Travessa 1, nas proximidades da Rua José Valentin Schardozin.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_9822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_9822.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade no Bairro Nova Vida II.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_9922.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_9922.pdf</t>
   </si>
   <si>
     <t>Indica o envio de Projeto de Lei instituindo Programa Municipal de transporte coletivo de trabalhadores da Comunidade de Linha Urutu.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_10022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_10022.pdf</t>
   </si>
   <si>
     <t>Indica reparos nas estradas vicinais da comunidade de Linha Urutu.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_10122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_10122.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de lixeiras junto à comunidade de Linha Urutu.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_10222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_10222.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro de contenção no Ginásio de Esportes de Linha Urutu.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_10322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_10322.pdf</t>
   </si>
   <si>
     <t>Indica a construção de passarela de embarque e desembarque de alunos no Colégio Estadual Duque de Caxias.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_10422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_10422.pdf</t>
   </si>
   <si>
     <t>Indica a mudança de local de estrada vicinal.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_10522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_10522.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de câmera de monitoramento no Bairro Alto da Colina.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_10622.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_10622.pdf</t>
   </si>
   <si>
     <t>Indica a construção de calçadas junto ao Cemitério Municipal.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_10722.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_10722.pdf</t>
   </si>
   <si>
     <t>Indica a realização de reforma na Rodovia Municipal Lurdes Moreira.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_10822.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_10822.pdf</t>
   </si>
   <si>
     <t>Indica a reforma do muro de Gabiões instalado na Rua José Valentin Schardozin.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Indica a abertura de canteiro central e a instalação de faixas elevadas na Avenida Iguaçu.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/457/indicacao_11122.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/457/indicacao_11122.pdf</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_11222.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_11222.pdf</t>
   </si>
   <si>
     <t>Indica a realização de revisão na máquina colheitadeira de silagem.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_11322.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_11322.pdf</t>
   </si>
   <si>
     <t>Indica a mudança de trafego na rua Dionathan Dotti.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_11422.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_11422.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um local apropriado para a realização de refeições além da instalação de uma caixa d´água junto ao Aterro Municipal.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_11522.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_11522.pdf</t>
   </si>
   <si>
     <t>“Indica a demarcação de estacionamento público."</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/367/pdl_-_01-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/367/pdl_-_01-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo de Saudade do Iguaçu/PR, referente ao exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/451/pr_-_01-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/451/pr_-_01-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolução de bens móveis inservíveis do patrimônio da Câmara Municipal de Vereadores de Saudade do Iguaçu, para o Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/288/pll_01-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/288/pll_01-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo Nº 01/2022 de autoria da Mesa Diretora que dispõe sobre a revisão dos vencimentos dos servidores municipais do Poder Legislativo municipal de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/439/pll_02-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/439/pll_02-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo 02/2022 que altera dispositivos da Lei nº 543/2010 que dispõe sobre o programa do transporte universitário de Saudade do Iguaçu/PR e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/441/pll_03-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/441/pll_03-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo 03/2022, que estabelece cotas raciais para os concursos públicos realizados no município de Saudade do Iguaçu/PR e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/466/pll_04-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/466/pll_04-2022.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Secretários Municipais de Saudade do Iguaçu-PR a partir de 1º de Janeiro de 2023 até o final da gestão 2021/2024.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/268/sb_01-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/268/sb_01-2022.pdf</t>
   </si>
   <si>
     <t>Substitui integralmente o Projeto de Lei 02/2022.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA</t>
   </si>
   <si>
     <t>Substitui o texto integral do Projeto de Lei Nº 038/2022.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CLAYTON JONATHAN BITENCOURT, SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/410/mocao_de_aplausos_01-2022.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/410/mocao_de_aplausos_01-2022.pdf</t>
   </si>
   <si>
     <t>REGISTRA VOTO DE CONGRATULAÇÕES E APLAUSOS AO ATLETA BRYAN ERKMANN DA SILVA, PELA CONQUISTA DA MEDALHA DE BRONZE NO CAMPEONATO MUNDIAL JUVENIL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2559,68 +2559,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/285/pl_05-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/286/pl_06-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/287/pl_07-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/290/pl_08-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/289/pl_09-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/322/pl_10-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/324/pl_11-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/323/pl_12-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/328/pl_13-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/335/pl_14-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/339/pl_15-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/340/pl_16-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/348/pl_17-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/362/pl_18-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/363/pl_19-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/364/pl_20-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/366/pl_21-2022_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/371/pl_22-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/372/pl_23-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/389/pl_24-2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/464/pl_25-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/377/pl_26-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/383/pl_27-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/386/pl_28-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/385/pl_29-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/401/pl_31-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/397/pl_32-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/400/pl_33-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/406/pl_35-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/407/pl_36-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/408/pl_37-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/409/pl_38-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/419/pl_39-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/420/pl_40-2022_-_loa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/426/pl_42-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/435/pl_43-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/442/pl_45-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/443/pl_46-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/450/pl_47-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/447/pl_48-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/452/pl_49-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/453/pl_50-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/462/pl_52-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/463/pl_53-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/269/requerimento_0122.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/300/requerimento_0222.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/299/requerimento_0322.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/311/requerimento_0422.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/312/requerimento_0522.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento_0622.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/334/requerimento_0722.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_0822.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_0922.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_1022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_1122.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_1222.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/393/requerimento_1322.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/394/requerimento_1422.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/395/requerimento_1522.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/402/requerimento_1622.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/403/requerimento_1722.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/425/requerimento_1822.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_1922.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/434/requerimento_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/440/requerimento_2122.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/446/requerimento_2222.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/454/requerimento_2322.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/455/requerimento_2422.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/465/requerimento_2522.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_0122.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_0222.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_0322.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_0422.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_0522.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/275/indicacao_0622.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_0722.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_0822.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/278/indicacao_0922.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/279/indicacao_1022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/280/indicacao_1122.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/281/indicacao_1222.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_1322.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/283/indicacao_1422.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/284/indicacao_1522.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/291/indicacao_1622.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/292/indicacao_1722.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/293/indicacao_1822.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_1922.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_2122.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_2222.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_2322.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/301/indicacao_2422.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/302/indicacao_2522.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/303/indicacao_2622.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/304/indicacao_2722.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/305/indicacao_2822.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_2922.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_3022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_3122.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_3222.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/310/indicacao_3322.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_3422.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_3522.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/315/indicacao_3622.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_3722.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/317/indicacao_3822.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_3922.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_4022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_4122.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_4222.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_4322.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_4422.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_4522.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_4622.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/331/indicacao_4722.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_4822.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_4922.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_5022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_5122.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_5222.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_5322.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_5422.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_5522.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_5622.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/345/indicacao_5722.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_5822.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_5922.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_6022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_6122.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_6222.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_6322.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_6422.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_6522.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_6622.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_6722.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/359/indicacao_6822.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_6922.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_7022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/369/indicacao_7122.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/370/indicacao_7222.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/374/indicacao_7322.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/375/indicacao_7422.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/378/indicacao_7522.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_7622.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_7722.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/384/indicacao_7822.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_8222.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_8322.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_8422.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_8522.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/405/indicacao_8622.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_8722.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_8822.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_8922.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_9022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_9122.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_9222.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_9322.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_9422.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_9522.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_9622.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_9722.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_9822.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_9922.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_10022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_10122.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_10222.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_10322.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_10422.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_10522.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_10622.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_10722.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_10822.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/457/indicacao_11122.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_11222.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_11322.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_11422.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_11522.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/367/pdl_-_01-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/451/pr_-_01-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/288/pll_01-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/439/pll_02-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/441/pll_03-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/466/pll_04-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/268/sb_01-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/410/mocao_de_aplausos_01-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/285/pl_05-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/286/pl_06-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/287/pl_07-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/290/pl_08-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/289/pl_09-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/322/pl_10-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/324/pl_11-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/323/pl_12-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/328/pl_13-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/335/pl_14-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/339/pl_15-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/340/pl_16-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/348/pl_17-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/362/pl_18-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/363/pl_19-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/364/pl_20-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/366/pl_21-2022_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/371/pl_22-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/372/pl_23-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/389/pl_24-2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/464/pl_25-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/377/pl_26-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/383/pl_27-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/386/pl_28-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/385/pl_29-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/401/pl_31-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/397/pl_32-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/400/pl_33-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/406/pl_35-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/407/pl_36-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/408/pl_37-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/409/pl_38-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/419/pl_39-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/420/pl_40-2022_-_loa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/426/pl_42-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/435/pl_43-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/442/pl_45-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/443/pl_46-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/450/pl_47-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/447/pl_48-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/452/pl_49-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/453/pl_50-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/462/pl_52-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/463/pl_53-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/269/requerimento_0122.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/300/requerimento_0222.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/299/requerimento_0322.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/311/requerimento_0422.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/312/requerimento_0522.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento_0622.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/334/requerimento_0722.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_0822.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_0922.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_1022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_1122.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_1222.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/393/requerimento_1322.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/394/requerimento_1422.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/395/requerimento_1522.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/402/requerimento_1622.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/403/requerimento_1722.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/425/requerimento_1822.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_1922.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/434/requerimento_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/440/requerimento_2122.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/446/requerimento_2222.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/454/requerimento_2322.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/455/requerimento_2422.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/465/requerimento_2522.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_0122.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_0222.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_0322.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_0422.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_0522.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/275/indicacao_0622.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_0722.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_0822.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/278/indicacao_0922.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/279/indicacao_1022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/280/indicacao_1122.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/281/indicacao_1222.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_1322.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/283/indicacao_1422.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/284/indicacao_1522.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/291/indicacao_1622.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/292/indicacao_1722.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/293/indicacao_1822.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_1922.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_2122.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_2222.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_2322.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/301/indicacao_2422.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/302/indicacao_2522.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/303/indicacao_2622.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/304/indicacao_2722.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/305/indicacao_2822.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_2922.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_3022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_3122.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_3222.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/310/indicacao_3322.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_3422.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_3522.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/315/indicacao_3622.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_3722.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/317/indicacao_3822.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_3922.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_4022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_4122.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_4222.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_4322.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_4422.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_4522.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_4622.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/331/indicacao_4722.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_4822.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_4922.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_5022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/337/indicacao_5122.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_5222.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_5322.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/342/indicacao_5422.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_5522.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_5622.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/345/indicacao_5722.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_5822.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_5922.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_6022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_6122.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_6222.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_6322.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_6422.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_6522.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_6622.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_6722.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/359/indicacao_6822.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/365/indicacao_6922.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_7022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/369/indicacao_7122.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/370/indicacao_7222.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/374/indicacao_7322.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/375/indicacao_7422.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/378/indicacao_7522.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_7622.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_7722.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/384/indicacao_7822.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_8222.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_8322.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_8422.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_8522.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/405/indicacao_8622.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_8722.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_8822.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_8922.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_9022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_9122.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_9222.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_9322.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_9422.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_9522.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_9622.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/424/indicacao_9722.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_9822.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_9922.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_10022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_10122.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_10222.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_10322.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_10422.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_10522.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_10622.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_10722.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_10822.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/457/indicacao_11122.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_11222.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_11322.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_11422.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_11522.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/367/pdl_-_01-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/451/pr_-_01-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/288/pll_01-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/439/pll_02-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/441/pll_03-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/466/pll_04-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/268/sb_01-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2022/410/mocao_de_aplausos_01-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="230.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>