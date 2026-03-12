--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -54,2361 +54,2361 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>DARLEI TRENTO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/572/processo_completo_pl_01-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/572/processo_completo_pl_01-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art.2º da Lei 1279, de 21 de maio de 2019.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/573/processo_completo_pl_02-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/573/processo_completo_pl_02-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2023 no valor de R$ 1.358.600,86 (um milhão, trezentos e cinquenta e oito mil, seiscentos reais e oitenta e seis centavos).</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/580/processo_completo_pl_03-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/580/processo_completo_pl_03-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2023, um Crédito Adicional Suplementar no valor de R$ 1.138.682,00 (um milhão, cento e trinta e oito mil e seiscentos e oitenta e dois reais).</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/587/processo_completo_pl_04-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/587/processo_completo_pl_04-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 004/2023 de autoria do Prefeito Municipal que autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2023, um Crédito Adicional Suplementar no valor de R$ 388.186,66 (trezentos e oitenta e oito mil, cento e oitenta e seis reais e sessenta e seis reais).</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/589/12-_processo_completo_pl_05-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/589/12-_processo_completo_pl_05-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2023, um Crédito Adicional Suplementar no valor de R$ 605.000,00 (seiscentos e cinco mil reais).</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/590/processo_completo_pl_06-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/590/processo_completo_pl_06-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais do quadro único do Poder Executivo municipal de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/591/processo_completo_pl_07-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/591/processo_completo_pl_07-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais, ocupantes de Cargo em Comissão e Funções Gratificadas.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/613/11-_processo_completo_-_pl_08-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/613/11-_processo_completo_-_pl_08-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2023, um Crédito Adicional Suplementar no valor de R$ 682.000,00 (seiscentos e oitenta e dois mil reais).</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/615/13-_processo_completo_-_pl_09-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/615/13-_processo_completo_-_pl_09-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 009/2023, que autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 975.000,00 (novecentos e setenta e cinco mil reais) no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2023.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/616/13-_processo_completo_-_pl_10-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/616/13-_processo_completo_-_pl_10-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 010/2023 de autoria do Prefeito Municipal que altera os valores das Metas Anuais para 2023 constantes no Anexo de Metas Fiscais da Lei de Diretrizes Orçamentárias – LDO, para 2023.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/619/15-_processo_completo_-_pl_11-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/619/15-_processo_completo_-_pl_11-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 011/2023 de autoria do Prefeito Municipal que altera os incisos a) e b) da Lei Municipal nº 755/2013, atualizando os valores destinados a atividades de caráter desportivo e cultural.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/621/12-_processo_completo_-_pl_12-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/621/12-_processo_completo_-_pl_12-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 012/2023, que autoriza a abertura no Orçamento geral do Município de Saudade do Iguaçu, para o exercício de 2023, um Crédito Adicional Suplementar no valor de R$ 555.000,00 (quinhentos e cinquenta e cinco mil reais).</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/637/12-_processo_completo_-_pl_13-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/637/12-_processo_completo_-_pl_13-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 013/2023 de autoria do Prefeito Municipal que autoriza o município a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2023, um Crédito Adicional Suplementar no valor de R$ 760.000,00 (setecentos e sessenta mil reais).</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/644/12-_processo_completo_-_pl_14-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/644/12-_processo_completo_-_pl_14-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 014/2023 que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2023 no valor de R$ 6.000.000,00 (seis milhões de reais).</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/658/11-_processo_completo_-_pl_15-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/658/11-_processo_completo_-_pl_15-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 015/2023 de autoria do Prefeito Municipal que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2023 no valor de R$ R$ 985.000,00 (novecentos e oitenta e cinco mil reais).</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/661/10-_processo_completo_-_pl_16-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/661/10-_processo_completo_-_pl_16-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 016/2023 de autoria do Prefeito Municipal que autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 1.486.107,50 (um milhão, quatrocentos e oitenta e seis mil, cento e sete reais e cinquenta centavos).</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/662/12-_processo_completo_-_pl_17-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/662/12-_processo_completo_-_pl_17-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 017/2023 que autoriza a inclusão de nova ação de governo no Plano Plurianual - PPA, para os anos de 2024 e 2025.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/668/12-_processo_completo_-_pl_18-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/668/12-_processo_completo_-_pl_18-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 18/2023 que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2023.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/669/3-projeto_de_lei.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/669/3-projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 019/2023 que institui o Plano Municipal de Arborização Urbana do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/694/2-projeto_de_lei_20-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/694/2-projeto_de_lei_20-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 020/2023, que DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE SAUDADE DO IGUAÇU PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/677/11-_processo_completo_-_21-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/677/11-_processo_completo_-_21-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 021/2023, que autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2023, de um Crédito Adicional Suplementar no valor de R$ 586.968,00 (quinhentos e oitenta e seis mil e novecentos e sessenta e oito reais).</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/685/10-_processo_completo_-_22-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/685/10-_processo_completo_-_22-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 022/2023 que Altera a Lei Municipal nº 1.425/2021, de 31 de agosto de 2021.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/693/13-_processo_completo_-_pl_23-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/693/13-_processo_completo_-_pl_23-2023.pdf</t>
   </si>
   <si>
     <t>Memorando 311/2023, encaminhando o Projeto de Lei Nº 023/2023 de autoria do Prefeito Municipal que autoriza o Município de Saudade do Iguaçu -PR., a celebrar parceria com a União dos Dirigentes Municipais de Educação – UNDIME/PR, associação civil de direito privado sem fins lucrativos, que realiza atividades de defesa em favor das políticas públicas e interesses do município e a pagar as respectivas anuidades, conforme especifica.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/695/11-_processo_completo_-_pl_24-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/695/11-_processo_completo_-_pl_24-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 024/2023 que define critérios de escolha, mediante Avaliação de Mérito, Desempenho e Consulta à Comunidade Escolar baseados nos preceitos da Gestão Democrática, para designação de Diretores de todas as Instituições de Ensino da Rede Municipal de Educação Básica de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/684/14-_processo_completo_-_pl_25-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/684/14-_processo_completo_-_pl_25-2023.pdf</t>
   </si>
   <si>
     <t>Memorando 303/2023 encaminhando para a apreciação dos vereadores o Projeto de Lei Nº 025/2023 que Estabelece critérios e valores para o desenvolvimento da Feira do Comércio Local e Pequeno Produtor Rural do município de Saudade do Iguaçu-PR.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/702/13-_processo_completo_-_pl_26-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/702/13-_processo_completo_-_pl_26-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 026/2023 de autoria do Prefeito Municipal que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2023 no valor de R$ 246.756,19 (duzentos e quarenta e seis mil, setecentos e cinquenta e seis reais e dezenove centavos).</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/709/processo_completo_-_pl_27-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/709/processo_completo_-_pl_27-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 027/2023, de 04 de setembro de 2022 – que autoriza a criar o “PROGRAMA ILUMINANDO O NATAL NA MESA DAS FAMÍLIAS".</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/710/13-_processo_completo_-_pl_28-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/710/13-_processo_completo_-_pl_28-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 028/2023 de autoria do prefeito municipal que autoriza o Município de Saudade do Iguaçu a ampliar a concessão de direito real de uso para a empresa BETEL LTDA.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/731/pl_29-2023_-_loa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/731/pl_29-2023_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Saudade do Iguaçu para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/719/12-_processo_completo_-_pl_30-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/719/12-_processo_completo_-_pl_30-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 030/2023 de autoria do Prefeito Municipal que dispõe sobre a criação no âmbito do Município de SAUDADE DO IGUAÇU – PR, da FEIRA DO PRODUTOR E DO ARTESANATO visando à regulamentação e disponibilização de espaço para a realização desta no município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/726/3-_pl_31-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/726/3-_pl_31-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 031/2023 de autoria do Prefeito Municipal que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2023 no valor de R$ 4.398.100,25 (quatro milhões, trezentos e noventa e oito mil, cem reais e vinte e cinco centavos).</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/737/3-_pl_32-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/737/3-_pl_32-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 032/2023 que autoriza o Poder Executivo Municipal a realizar torneio Municipal de Pesca Esportiva e das outras providências.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/732/2-_pl_33-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/732/2-_pl_33-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 033/2023, que autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2023 no valor de R$ 441.182,75 (quatrocentos e quarenta e um mil, cento e oitenta e dois reais e setenta e cinco centavos).</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/747/3-_projeto_de_lei_35-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/747/3-_projeto_de_lei_35-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 035/2023 que autoriza a abertura de Crédito Adicional Especial no Orçamento Geral do Município do ano de 2023 no valor de R$ 50.730,00 (cinquenta mil e setecentos e trinta reais).</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/748/projeto_de_lei_36-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/748/projeto_de_lei_36-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse da assistência financeira complementar estabelecido pela União Federal visando dar cumprimento ao disposto na Lei Federal n° 14.434, de 4 de agosto de 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem e do Auxiliar de Enfermagem.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/752/3-_pl_37-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/752/3-_pl_37-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial no valor de R$ 8.841,25 (oito mil, oitocentos e quarenta e um reais e vinte e cinco centavos), e um Crédito Adicional Suplementar no valor de R$ 506.057,24 (quinhentos e seis mil, cinquenta e sete reais e vinte e quatro centavos) no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/755/5-_projeto_de_lei_n_038_2023_incentivo_ao_desporto_ctgs_assinadooooo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/755/5-_projeto_de_lei_n_038_2023_incentivo_ao_desporto_ctgs_assinadooooo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de inscrições das atividades de caráter desportivo, cultural e dá outras providências.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/777/pl_-_39-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/777/pl_-_39-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração das metas das ações dos programas de governo e da estimativa das receitas do Plano Plurianual que foi estabelecido pela Lei Municipal nº. 1.435 de 05 de outubro de 2021.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/780/2-_pl-_40-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/780/2-_pl-_40-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no Orçamento Geral do Município do ano de 2023 no valor de R$ 25.042,74 (vinte e cinco mil, quarenta e dois reais e setenta e quatro centavos).</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/769/2-_projeto_de_lei_41-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/769/2-_projeto_de_lei_41-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LISTA DE ESPERA POR VAGA NOS CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL (CMEI`s) E SUAS PRIORIDADES.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/775/3-_pl_42-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/775/3-_pl_42-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal para Calamidades Públicas, e dá outras providências.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/776/3-_pl_-_43-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/776/3-_pl_-_43-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 81.500,00 (oitenta e um mil e quinhentos reais), e de um Crédito Adicional Suplementar no valor de R$ 833.000,00 (oitocentos e trinta e três mil reais), no Orçamento Geral do Município de Saudade do Iguaçu para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/792/2-_pl_44-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/792/2-_pl_44-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente, Conselho Municipal dos Direitos da Criança e do Adolescente, Conselho Tutelar, e dá outras providências.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/793/2-_pl_-_45-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/793/2-_pl_-_45-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do Sistema Único de Assistência Social – SUAS no âmbito do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/794/2-_pl_46-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/794/2-_pl_46-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar e implantar o Conselho Municipal dos Direitos da Pessoa Idosa - CMDPI, a Conferência Municipal dos Direitos da Pessoa Idosa e o Fundo Municipal dos Direitos da Pessoa Idosa, no Município de Saudade do Iguaçu - PR, e dá outras providências.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CELSO GIACOMINI, CLAYTON JONATHAN BITENCOURT, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, JOSEMAR ANTÔNIO CEMIN, LUIS FERNANDO VEDANA - DR. VEDANA, SETEMBRINO NATH - BINO, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento_no_01-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Apresenta Chapa para a composição das Comissões Permanentes.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>HENRIQUE DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/576/requerimento_no_02-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/576/requerimento_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que a Secretaria Municipal de Viação, Obras e Urbanismo do Município de Saudade do Iguaçu, Estado do Paraná efetue o mais breve possível a limpeza e a manutenção das estradas vicinais do Município.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>CLAYTON JONATHAN BITENCOURT</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/577/requerimento_no_03-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/577/requerimento_no_03-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná efetue o mais breve possível a substituição das lâmpadas LED instaladas ao longo da Rua do Reservatório.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/581/requerimento_no_04-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/581/requerimento_no_04-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Saudade do Iguaçu, Estado do Paraná através da Secretaria Municipal de Educação crie um Programa que forneça transporte aos professores que atuam na rede pública do Município junto ao transporte escolar, dando assim o fiel cumprimento ao Requerimento Nº 074/2021 de autoria do Vereador Felipe Forgiarini e à Indicação Nº 074/2021  de autoria do Vereador Luis Fernando Vedana.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/582/requerimento_no_05-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/582/requerimento_no_05-2023.pdf</t>
   </si>
   <si>
     <t>Requer que após a tramitação regimental, seja encaminhado ao Chefe do Poder Executivo Municipal para que o mesmo remeta à Câmara Municipal dentro do prazo legal estipulado pela Lei Orgânica Municipal (Art. 56, inciso XVI) e pelo Regimento Interno da Câmara Municipal de vereadores do Município de Saudade do Iguaçu informações.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/594/requerimento_no_06-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/594/requerimento_no_06-2023.pdf</t>
   </si>
   <si>
     <t>Requerimento Nº 06/2026, solicitando ao Chefe do Poder Executivo Municipal para que o mesmo tome as medidas necessárias para o fiel cumprimento o mais breve possível das Indicações 08/2021, 19/2021 e 03/2022.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, CLAYTON JONATHAN BITENCOURT, JOSEMAR ANTÔNIO CEMIN</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/602/requerimento_no_07-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/602/requerimento_no_07-2023.pdf</t>
   </si>
   <si>
     <t>Requer a apreciação em Regime de Urgência dos Projetos de Lei Nº 06/2023 e 07/2023 e do Projeto de Lei Legislativo Nº 01/2023.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/608/requerimento_no_08-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/608/requerimento_no_08-2023.pdf</t>
   </si>
   <si>
     <t>Requer o fiel cumprimento da Indicação Nº 042/2021.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/609/requerimento_no_09-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/609/requerimento_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Requer providências acerca da Indicação Nº 63/2022, de 10 de maio de 2022</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_no_10-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_no_10-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da aquisição de aparelhos de ar condicionado pelo município.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_no_11-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_no_11-2023.pdf</t>
   </si>
   <si>
     <t>Requer a retirada de tramitação do Requerimento 010/2023</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/631/requerimento_no_12-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/631/requerimento_no_12-2023.pdf</t>
   </si>
   <si>
     <t>Requer o fiel cumprimento da Indicação Nº 087/2022.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/634/requerimento_no_13-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/634/requerimento_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos gastos com reforma e manutenção dos veículos e equipamentos das Secretarias Municipais de Obras, Viação e Urbanismo e de Agricultura e Meio Ambiente.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/635/requerimento_no_14-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/635/requerimento_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Requer o fiel cumprimento da Indicação Nº 065/2022.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_no_15-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_no_15-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos serviços executados pelo Programa Porteira Adentro.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/643/requerimento_no_16-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/643/requerimento_no_16-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos Precatórios do Município.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/648/requerimento_no_17-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/648/requerimento_no_17-2023.pdf</t>
   </si>
   <si>
     <t>Requer a tomada de providências em benefício do Bairro Colina.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/650/requerimento_no_18-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/650/requerimento_no_18-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de Programas desenvolvidos pela Secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/666/requerimento_no_19-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/666/requerimento_no_19-2023.pdf</t>
   </si>
   <si>
     <t>“Requer providências acerca da instalação de lixeiras na Comunidade de Linha Urutu e no perímetro urbano.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/688/requerimento_no_20-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/688/requerimento_no_20-2023.pdf</t>
   </si>
   <si>
     <t>Requer reparos na Rua 19 de março.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/689/requerimento_no_21-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/689/requerimento_no_21-2023.pdf</t>
   </si>
   <si>
     <t>Requer a substituição das flores junto às floreiras dispostas na Avenida Iguaçu.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>JOSEMAR ANTÔNIO CEMIN</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/699/requerimento_no_22-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/699/requerimento_no_22-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja gestionado junto à COPEL mudança de rede de energia elétrica.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/704/requerimento_no_23-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/704/requerimento_no_23-2023.pdf</t>
   </si>
   <si>
     <t>Requer a retomada do Programa Porteira Adentro pela Secretaria Municipal de Agricultura e Meio Ambiente.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/705/requerimento_no_24-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/705/requerimento_no_24-2023.pdf</t>
   </si>
   <si>
     <t>“Requer informações acerca dos incentivos municipais e da contrapartida das Empresas Cervejaria BRÄUHEIM e Vision Denim Confecções”.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CELSO GIACOMINI, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, JOSEMAR ANTÔNIO CEMIN, LUIS FERNANDO VEDANA - DR. VEDANA, SETEMBRINO NATH - BINO, VALDIR BAGESTON DE RAMOS - DEGO, VOLMIR JOÃO BERRA - BAMBU</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/706/requerimento_no_25-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/706/requerimento_no_25-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos cartões pontos dos servidores da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/714/requerimento_no_26-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/714/requerimento_no_26-2023.pdf</t>
   </si>
   <si>
     <t>Requer reparos em entrada de propriedade rural.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>VOLMIR JOÃO BERRA - BAMBU</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/715/requerimento_no_27-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/715/requerimento_no_27-2023.pdf</t>
   </si>
   <si>
     <t>Solicita readequação da calçadas.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/720/requerimento_no_28-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/720/requerimento_no_28-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos serviços executados pelas Secretarias de Viação, Obras e Urbanismo.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>CELSO GIACOMINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/721/requerimento_no_29-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/721/requerimento_no_29-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a identificação dos veículos públicos.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/729/requerimento_no_30-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/729/requerimento_no_30-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado expediente à Secretaria Estadual de Agricultura.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/735/requerimento_no_31-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/735/requerimento_no_31-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de concertos realizados na ensiladeira do Município.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/738/requerimento_no_32-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/738/requerimento_no_32-2023.pdf</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/739/requerimento_no_33-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/739/requerimento_no_33-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja gestionado junto à COPEL uma solução para as constantes quedas de energia.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_no_34-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_no_34-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja gestionado junto ao Governo do Estado do Paraná a reativação do Posto da Polícia Rodoviária Estadual.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/745/requerimento_no_35-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/745/requerimento_no_35-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de eventos festivos realizados pela secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/751/requerimento_no_36-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/751/requerimento_no_36-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da utilização de equipamentos e veículos da Secretaria Municipal de Viação, Obras e Urbanismo de forma particular pelo titular da pasta.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/754/requerimento_no_37-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/754/requerimento_no_37-2023.pdf</t>
   </si>
   <si>
     <t>Solicitando informações acerca dos valores empregados pelo Município na perfuração do poço artesiano e na construção da rede de distribuição de água da Comunidade de Alto Santa Rosa, zona rural deste município de Saudade do Iguaçu, Estado do Paraná.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/762/requerimento_no_38-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/762/requerimento_no_38-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município através do Departamento de Urbanismo efetue a notificação dos proprietários de terrenos baldios para que os mesmos providenciem o mais rápido possível a devida limpeza destes terrenos. Solicita ainda que seja feita a limpeza dos terrenos pertencentes ao Município.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>FELIPE FORGIARINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/767/requerimento_no_39-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/767/requerimento_no_39-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a localização atual, as condições que se encontra e sobre as providências tomadas pelo poder público municipal acerca dos problemas apresentados equipamento agrícola (Pulverizador) com número de patrimônio nº 12.770 devolvido à municipalidade pela Associação Central do Assentamento Nova Fartura.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/790/requerimento_no_40-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/790/requerimento_no_40-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o senhor Prefeito Municipal de Saudade do Iguaçu, Estado do Paraná na condição de Chefe do Poder Executivo Municipal gestione junto à superintendência do DNIT no Paraná a instalação de redutores de velocidade junto à BR-158, mas precisamente no Perímetro Urbano da Comunidade de Linha Urutu.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_01-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_01-2023.pdf</t>
   </si>
   <si>
     <t>“Indica a retomada de programa habitacional.”</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_02-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_02-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de abrigos nos pontos de ônibus.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_03-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_03-2023.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do Programa Municipal para Proteção de Nascentes.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_04-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_04-2023.pdf</t>
   </si>
   <si>
     <t>Indica o fornecimento de transporte universitário até a cidade de Laranjeiras do Sul.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/586/indicacao_05-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/586/indicacao_05-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de abrigos (casinhas), comedouros e bebedouros públicos para animais comunitários e em situação de Rua.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_06-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_06-2023.pdf</t>
   </si>
   <si>
     <t>Indicação Nº 06/2023, indicando a criação de uma comissão de avaliação de novas ligações de energia elétrica.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/598/indicacao_07-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/598/indicacao_07-2023.pdf</t>
   </si>
   <si>
     <t>Indica o aumento do valor do vale-alimentação dos servidores municipais.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/600/indicacao_08-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/600/indicacao_08-2023.pdf</t>
   </si>
   <si>
     <t>Indica a substituição de caixa de água.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/601/indicacao_09-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/601/indicacao_09-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o município realize operação tapa buracos.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/607/indicacao_10-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/607/indicacao_10-2023.pdf</t>
   </si>
   <si>
     <t>Indica a perfuração de um novo poço artesiano na comunidade de Alto Santa Rosa.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/611/indicacao_11-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/611/indicacao_11-2023.pdf</t>
   </si>
   <si>
     <t>Indica a realização de leilão de bens inservíveis.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/612/indicacao_12-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/612/indicacao_12-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de portas equipadas com detectores de metais junto aos estabelecimentos de ensino do Município.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/614/indicacao_13-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/614/indicacao_13-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutores de velocidade junto à rua Everton Martignago.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/617/indicacao_14-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/617/indicacao_14-2023.pdf</t>
   </si>
   <si>
     <t>Indica o fiel cumprimento das Leis Municipais Nº 1238/2018 e Nº 1411/2021.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/623/indicacao_15-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/623/indicacao_15-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de passarelas para embarque e desembarque de ônibus.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/624/indicacao_16-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/624/indicacao_16-2023.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de medidas de segurança junto aos estabelecimentos de ensino do Município.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/625/indicacao_16-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/625/indicacao_16-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de calçamento na rua XV de Novembro.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/626/indicacao_18-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/626/indicacao_18-2023.pdf</t>
   </si>
   <si>
     <t>Indica alterações no Plano Diretor do Município.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_19-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_19-2023.pdf</t>
   </si>
   <si>
     <t>Indica a redução dos valores da hora/máquina do Programa Porteira Adentro.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_20-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_20-2023.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de um caminhão limpa-fossa.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/638/indicacao_21-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/638/indicacao_21-2023.pdf</t>
   </si>
   <si>
     <t>Indica a alteração de preferencial em rua do Perímetro Urbano do Município.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_22-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_22-2023.pdf</t>
   </si>
   <si>
     <t>Indica a alteração de nome de rua localizada no Perímetro Urbano.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/640/indicacao_23-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/640/indicacao_23-2023.pdf</t>
   </si>
   <si>
     <t>Indica o concerto do Trator de Esteiras do Município.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/641/indicacao_24-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/641/indicacao_24-2023.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do festival Canta Saudade.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/646/indicacao_25-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/646/indicacao_25-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município realize estudos e tome as devidas providências cabíveis, objetivando alterações do Plano Diretor do Município buscando assim reduzir a faixa de domínio público da rodovia PR-158 no tocante ao Perímetro Urbano do Município.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/647/indicacao_26-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/647/indicacao_26-2023.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação no fornecimento de atendimento odontológico para o período da tarde.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/651/indicacao_27-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/651/indicacao_27-2023.pdf</t>
   </si>
   <si>
     <t>Indica a realização operação tapa buracos.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/652/indicacao_28-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/652/indicacao_28-2023.pdf</t>
   </si>
   <si>
     <t>Indica a realização de obra de pavimentação.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/653/indicacao_29-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/653/indicacao_29-2023.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de faixas elevadas nas proximidades das escolas do Município.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/654/indicacao_30-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/654/indicacao_30-2023.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilidade de veículo para o deslocamento de pacientes ao Centro Regional de Especialidade do Município de Chopinzinho/Pr.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/655/indicacao_31-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/655/indicacao_31-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja iniciado o processo licitatório para a aquisição de insumos do Programa Pacote Agrícola.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/656/indicacao_32-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/656/indicacao_32-2023.pdf</t>
   </si>
   <si>
     <t>Indica a retomada dos programas habitacionais do Município.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/657/indicacao_33-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/657/indicacao_33-2023.pdf</t>
   </si>
   <si>
     <t>Indica a realização de terraplanagem para a construção de agroindústria.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_34-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_34-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de barracão industrial para a empresa Betel Sport.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/660/indicacao_35-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/660/indicacao_35-2023.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação da área do Cemitério Municipal.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/664/indicacao_36-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/664/indicacao_36-2023.pdf</t>
   </si>
   <si>
     <t>Indica a realização de Concurso Público ou de Teste Seletivo.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/665/indicacao_37-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/665/indicacao_37-2023.pdf</t>
   </si>
   <si>
     <t>Indica a distribuição de caixas d´água às famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/670/indicacao_38-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/670/indicacao_38-2023.pdf</t>
   </si>
   <si>
     <t>Indica a distribuição de uniforme escolar completo.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/671/indicacao_39-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/671/indicacao_39-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutor de velocidade.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/675/indicacao_40-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/675/indicacao_40-2023.pdf</t>
   </si>
   <si>
     <t>Indica reparos junto ao acesso da Creche Municipal.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/676/indicacao_41-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/676/indicacao_41-2023.pdf</t>
   </si>
   <si>
     <t>Indica reparos junto aos passeios públicos do Bairro Harmonia.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/678/indicacao_42-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/678/indicacao_42-2023.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de reparos e manutenção dos Playground existentes no Município.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/679/indicacao_43-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/679/indicacao_43-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutor de velocidade no Bairro Harmonia.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/680/indicacao_44-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/680/indicacao_44-2023.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação do programa de transporte de trabalhadores.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/681/indicacao_45-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/681/indicacao_45-2023.pdf</t>
   </si>
   <si>
     <t>Indica a continuidade do Programa de Fomento exclusivo para MEI (microempreendedor individual), ME (microempresa) e EPP (empresa de pequeno porte).</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/686/indicacao_46-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/686/indicacao_46-2023.pdf</t>
   </si>
   <si>
     <t>Indica o fornecimento de matrículas para meio período junto ao CMEI Pequeno Anjo.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/687/indicacao_47-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/687/indicacao_47-2023.pdf</t>
   </si>
   <si>
     <t>“Indica a instalação de barracas e tendas para a realização de Feira do Produtor.”</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/690/indicacao_48-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/690/indicacao_48-2023.pdf</t>
   </si>
   <si>
     <t>Indica a mudança de local de estrada vicinal.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/696/indicacao_49-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/696/indicacao_49-2023.pdf</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/697/indicacao_50-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/697/indicacao_50-2023.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de transporte para os trabalhadores do bairro Industrial.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/703/indicacao_51-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/703/indicacao_51-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de câmeras de monitoramento na Rua do Reservatório.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/707/indicacao_52-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/707/indicacao_52-2023.pdf</t>
   </si>
   <si>
     <t>Indica a criação de escolinhas de futebol no município.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/716/indicacao_53-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/716/indicacao_53-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de mini creches.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/717/indicacao_54-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/717/indicacao_54-2023.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de empresa para o transporte coletivo publico de munícipes residentes na zona rural do Município.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/718/indicacao_55-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/718/indicacao_55-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de calçadas e/ou acostamentos junto às rodovias municipais.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/722/indicacao_56-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/722/indicacao_56-2023.pdf</t>
   </si>
   <si>
     <t>Indica ampliação do barracão cedido à empresa Betel e a construção de um barracão para a Associação Saudadense dos Idosos.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/727/indicacao_57-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/727/indicacao_57-2023.pdf</t>
   </si>
   <si>
     <t>“Indica o estudo para possibilidade de instalação de painéis Solares nos departamentos Públicos.”</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/728/indicacao_58-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/728/indicacao_58-2023.pdf</t>
   </si>
   <si>
     <t>“Indica a construção de banheiros públicos.”.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/736/indicacao_59-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/736/indicacao_59-2023.pdf</t>
   </si>
   <si>
     <t>Indica o estudo para possibilidade de reforma do Posto de Saúde de Linha Urutu.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/740/indicacao_60-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/740/indicacao_60-2023.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de um britador móvel para utilização da Secretaria Municipal de Viação, Obras e Urbanismo.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/741/indicacao_61-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/741/indicacao_61-2023.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de uma máquina para confecção de fraldas descartáveis.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/743/indicacao_62-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/743/indicacao_62-2023.pdf</t>
   </si>
   <si>
     <t>Indica o aditamento contratual de empresa de segurança junto aos estabelecimentos de ensino do Município.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/753/indicacao_63-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/753/indicacao_63-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o Município através da Secretaria Municipal de Viação, Obras e Urbanismo efetue o mais breve possível a limpeza do mato localizado nas margens do asfalto que liga a cidade à comunidade de Linha Queixinho, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/756/indicacao_64-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/756/indicacao_64-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o Município realize estudos e tome as devidas providências cabíveis, objetivando fazer com que a Secretaria Municipal de Agricultura e Meio Ambiente efetue o mais breve possível a retomada do programa Municipal para o desenvolvimento das Agroindústrias familiares no Município de Saudade do Iguaçu, instituído pela Lei Municipal Nº 1211/2018 de 26 de junho de 2018.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/757/indicacao_65-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/757/indicacao_65-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o Município através da Secretaria Municipal de Viação, Obras e Urbanismo efetue o mais breve possível melhorias sendo a construção de um bueiro em frente ao aviário do senhor Divonei Panizzon e de um quebra-molas em frente a propriedade do senhor Antônio da Silva na estrada vicinal que liga a Rodovia Municipal pavimentada de Vista Alegre à Rodovia Municipal pavimentada de Linha Pintado.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/758/indicacao_66-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/758/indicacao_66-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o Município de Saudade do Iguaçu firme convênio de cooperação com o Município de Sulina visando a construção em conjunto de uma ponte de alvenaria sobre o Rio Queixo d´Anta na divisa dos territórios entre os dois municípios localizada na Comunidade de Linha Queixinho.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_67-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_67-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja encaminhado a esta Casa de Leis, Projeto de Lei dando o nome de Rua Raimundo Giacondo Vieiro ao logradouro municipal que dá acesso à residência do senhor Pedro Vieiro, no perímetro urbano da comunidade de Linha Urutu.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/764/indicacao_68-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/764/indicacao_68-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que seja disponibilizado às entidades religiosas, culturais, sociais, esportivas e educacionais um espaço comunitário para a venda de salgados, doces, bolos, tortas entre outros junto à Feira Municipal do Agricultor e do Artesanato.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/765/indicacao_69-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/765/indicacao_69-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que a Secretaria Municipal de Saúde disponibilize à população Saudadense o atendimento de Médico Ortopedista e de Oftalmologista 2 (duas) vezes por semana e que seja ampliada a carga horária dos Dentistas para 40 horas semanais.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/766/indicacao_70-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/766/indicacao_70-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que a Secretaria Municipal de Educação disponibilize um ônibus reserva para o atendimento do transporte escolar da rede municipal e estadual de ensino quando houverem problemas com os veículos que atualmente realizam este transporte, seja público ou terceirizado.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/770/indicacao_71-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/770/indicacao_71-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município utilize os valores que serão devolvidos pela Câmara Municipal no final do presente exercício financeiro para a compra de equipamentos a serem entregues pelo Programa de Fomento exclusivo para MEI (microempreendedor individual), ME (microempresa) e EPP (empresa de pequeno porte), às empresas inscritas que ainda não foram beneficiadas.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/771/indicacao_72-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/771/indicacao_72-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município através da Secretaria Municipal de Assistência Social realize estudos e tome as devidas providências cabíveis, objetivando a distribuição de caixas d´água às famílias contempladas com casa popular e que não possuem este item imprescindível.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/772/indicacao_73-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/772/indicacao_73-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município através da Secretaria Municipal de Saúde estude a possibilidade e a viabilidade de implantar no Centro de Saúde do município, Plantão 24 (vinte e quatro) horas, com equipe completa para atendimentos.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/773/indicacao_74-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/773/indicacao_74-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município através do Departamento competente efetue estudos no sentido de efetivar a ligação asfáltica da Rodovia Municipal da Comunidade de Vista Alegre com a Rodovia Municipal da Comunidade de Linha Pintado.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/785/indicacao_75-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/785/indicacao_75-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município através da Secretaria de Obras, Viação e Urbanismo realize estudos no sentido de efetivar a construção de um bueiro com manilhas (tubos) de concreto de 2 metros de diâmetro na estrada que liga a Comunidade de Linha Pintado à Comunidade de Linha Urutu mais precisamente nas proximidades da propriedade do senhor Osvaldo Teles e outro bueiro com manilhas (tubos) de 1,5 metros de diâmetro no córrego localizado nas proximidades da propriedade do senhor Jandir Geremias também na comunidade de Linha Pintado.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/789/indicacao_76-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/789/indicacao_76-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município através da Secretaria Municipal de Educação realize estudos e tome as devidas providências cabíveis, objetivando a distribuição no ano de 2024 de uniformes escolares completos para todas crianças da rede municipal de ensino do Município e a construção de abrigos em todos os pontos de ônibus do transporte escolar do Município..</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/787/indicacao_77-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/787/indicacao_77-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município através do Departamento competente efetue estudos no sentido de efetuar a pavimentação asfáltica das ruas do loteamento da Loizete próximo ao bairro Colina.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/788/indicacao_78-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/788/indicacao_78-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Saudade do Iguaçu/PR, Darlei Trento, que obedecendo aos termos regimentais vigentes, dentro das formalidades legais e ouvido o esclarecido Plenário, que o Município através do Departamento de Engenharia realize a regularização do Centro Comunitário de Linha Urutu junto ao Corpo de Bombeiros.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/622/3-_projeto_de_decreto.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/622/3-_projeto_de_decreto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo de Saudade do Iguaçu, Estado do Paraná, referente ao exercício financeiro de 2021 de responsabilidade de Darlei Trento.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/779/projeto_de_resolucao_no_01-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/779/projeto_de_resolucao_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Ética e de Decoro Parlamentar da Câmara Municipal de Saudade do Iguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/592/processo_completo_pll_01-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/592/processo_completo_pll_01-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais do Poder Legislativo municipal de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/663/13-_processo_completo_-_pll_02-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/663/13-_processo_completo_-_pll_02-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo 02/2023, que altera a Lei Nº 1120/2017, que dispõe sobre o Plano de Cargos e Vencimentos dos Servidores do Poder Legislativo do Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/713/12-_processo_completo_pll_03-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/713/12-_processo_completo_pll_03-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo Nº 03/2023, de autoria do Vereador Henrique dos Santos que institui no Município de Saudade do Iguaçu, Estado do Paraná o Dia do Círculo de Oração, a ser comemorado anualmente em 6 de março.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Revoga o art. 7º e seus parágrafos da Lei Municipal nº 28 de 19 de novembro de 1993 e dá outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/596/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/596/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ e CESAS favorável à aprovação do Projeto de Lei Nº 01/2023.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/579/4-_parecer_do_pl_02-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/579/4-_parecer_do_pl_02-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ e CFO favorável à aprovação do Projeto de Lei Nº 02/2023</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/588/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/588/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ e CFO favorável à aprovação do Projeto de Lei Nº 03/2023.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/597/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/597/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ e CFO favorável à aprovação do Projeto de Lei Nº 04/2023.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/603/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/603/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 05/2023.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/604/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/604/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 06/2023.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/605/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/605/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 07/2023.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/606/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/606/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Legislativo Nº 01/2023.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/618/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/618/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer favorável à aprovação do Projeto de Lei Nº 08/2023.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/628/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/628/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ e CFO favorável à aprovação do Projeto de Lei Nº 09/2023.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/629/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/629/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ e CFO favorável à aprovação do Projeto de Lei Nº 010/2023.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/630/8-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/630/8-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ, CESAS e CFO favorável à aprovação do Projeto de Lei Nº 011/2023 com Substitutivo.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/636/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/636/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ E CFO favorável à aprovação do Projeto de Lei Nº 012/2023.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/645/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/645/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 13/2023.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/649/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/649/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 014/2023.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/667/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/667/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 015/2023.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/672/7-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/672/7-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça  e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Legislativo 02/2023.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/673/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/673/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de CCJ e CFO favorável à aprovação do PL 017/2023.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/674/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/674/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões CCJ e CFO favorável à aprovação do PL 018/2023.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/682/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/682/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das comissões CCJ e CFO favorável à aprovação do PL 016/2023</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/691/5-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/691/5-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 021/2023.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/692/5-parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/692/5-parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 022/2023</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/698/6-parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/698/6-parecer.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, DE FINANÇAS E ORÇAMENTO E DE COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 023/2023.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/700/7-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/700/7-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Agricultura, Emprego e Renda e Meio Ambiente favorável à aprovação do Projeto de Lei Nº 025/2023.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/701/6-parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/701/6-parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 024/2023.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/708/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/708/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei nº 026/2023.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/711/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/711/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei 027/2023.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/712/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/712/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões de Constituição e Justiça e de Finanças e Orçamento ao Projeto de Lei Nº 028/2023.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/723/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/723/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça favorável à aprovação do Projeto de Lei Legislativo Nº 03/2023.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/724/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/724/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Agricultura, Emprego e Renda e Meio Ambiente favorável à aprovação do Projeto de Lei Nº 030/2023.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/730/9-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/730/9-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Agricultura, Emprego e Renda e Meio Ambiente favorável à aprovação do Projeto de Lei Nº 019/2023 na forma do Substitutivo Nº 02/2023.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, COSPU - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS E URBANISMO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/733/6-_parecer_ldo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/733/6-_parecer_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto de todas as Comissões Permanentes favorável à aprovação do Projeto de Lei Nº 020/2023.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/734/6-_parecer_pl_31-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/734/6-_parecer_pl_31-2023.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 031/2023.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/742/5-parecer_ao_pl_33-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/742/5-parecer_ao_pl_33-2023.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento, favorável à aprovação do Projeto de Lei Nº 033/2023.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/746/6-_parecer_pl_-_32-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/746/6-_parecer_pl_-_32-2023.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 032/2023.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/750/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/750/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 035/2023.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/759/6-parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/759/6-parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 037/2023.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/760/8-_parecer_do_pl_36-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/760/8-_parecer_do_pl_36-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistência Social favorável ao Projeto de Lei Nº 036/2023.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/761/8-_parecer_do_pl_38-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/761/8-_parecer_do_pl_38-2023.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 038/2023.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/768/6-_parecer_favoravel_ao_pl_29-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/768/6-_parecer_favoravel_ao_pl_29-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto de todas as Comissões Permanentes favorável à aprovação do Projeto de Lei Nº 029/2023 que estima a receita e fixa a despesa do município de Saudade do Iguaçu, para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/774/6-_parecer_pl_41-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/774/6-_parecer_pl_41-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 041/2023.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/778/6-_parecer_do_pl_42-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/778/6-_parecer_do_pl_42-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 042/2023.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/781/6-_parecer_do_pr_01-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/781/6-_parecer_do_pr_01-2023.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça, favorável à aprovação do Projeto de Resolução Nº 01/2023.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/782/5-_parecer_do_pl_39-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/782/5-_parecer_do_pl_39-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 039/2023.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/783/5-_parecer_do_pl_040-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/783/5-_parecer_do_pl_040-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Fianças e Orçamento favorável à aprovação do Projeto de Lei Nº 040/2023.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/784/5-_parecer_pl_43-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/784/5-_parecer_pl_43-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 043/2023.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/795/6-_parecer_pll_04-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/795/6-_parecer_pll_04-2023.pdf</t>
   </si>
   <si>
     <t>Parecer favorável à aprovação do Projeto de Lei Legislativo Nº 04/2023.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
     <t>Substitui a redação integral do Projeto de Lei Nº 011/2023.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>Substitui a redação integral do Projeto de Lei Nº 019/2023.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Regime de Urgência</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/749/3-_regime_de_urgencia_ao_projeto_de_lei_35-2023.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/749/3-_regime_de_urgencia_ao_projeto_de_lei_35-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a apreciação em Regime de Urgência ao PL 035/2023.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/599/mocao_01-23.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/599/mocao_01-23.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES Nº 01/2023, QUE REGISTRA VOTO DE CONGRATULAÇÕES E APLAUSOS À SERVIDORA MADALISE HELENA CENCI PELOS RELEVANTES SERVIÇOS PRESTADOS AO PODER LEGISLATIVO DO MUNICÍPIO DE SAUDADE DO IGUAÇU/PR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2715,68 +2715,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/572/processo_completo_pl_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/573/processo_completo_pl_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/580/processo_completo_pl_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/587/processo_completo_pl_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/589/12-_processo_completo_pl_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/590/processo_completo_pl_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/591/processo_completo_pl_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/613/11-_processo_completo_-_pl_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/615/13-_processo_completo_-_pl_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/616/13-_processo_completo_-_pl_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/619/15-_processo_completo_-_pl_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/621/12-_processo_completo_-_pl_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/637/12-_processo_completo_-_pl_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/644/12-_processo_completo_-_pl_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/658/11-_processo_completo_-_pl_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/661/10-_processo_completo_-_pl_16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/662/12-_processo_completo_-_pl_17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/668/12-_processo_completo_-_pl_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/669/3-projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/694/2-projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/677/11-_processo_completo_-_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/685/10-_processo_completo_-_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/693/13-_processo_completo_-_pl_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/695/11-_processo_completo_-_pl_24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/684/14-_processo_completo_-_pl_25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/702/13-_processo_completo_-_pl_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/709/processo_completo_-_pl_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/710/13-_processo_completo_-_pl_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/731/pl_29-2023_-_loa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/719/12-_processo_completo_-_pl_30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/726/3-_pl_31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/737/3-_pl_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/732/2-_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/747/3-_projeto_de_lei_35-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/748/projeto_de_lei_36-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/752/3-_pl_37-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/755/5-_projeto_de_lei_n_038_2023_incentivo_ao_desporto_ctgs_assinadooooo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/777/pl_-_39-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/780/2-_pl-_40-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/769/2-_projeto_de_lei_41-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/775/3-_pl_42-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/776/3-_pl_-_43-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/792/2-_pl_44-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/793/2-_pl_-_45-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/794/2-_pl_46-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/576/requerimento_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/577/requerimento_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/581/requerimento_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/582/requerimento_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/594/requerimento_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/602/requerimento_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/608/requerimento_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/609/requerimento_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/631/requerimento_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/634/requerimento_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/635/requerimento_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/643/requerimento_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/648/requerimento_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/650/requerimento_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/666/requerimento_no_19-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/688/requerimento_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/689/requerimento_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/699/requerimento_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/704/requerimento_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/705/requerimento_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/706/requerimento_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/714/requerimento_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/715/requerimento_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/720/requerimento_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/721/requerimento_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/729/requerimento_no_30-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/735/requerimento_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/738/requerimento_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/739/requerimento_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/745/requerimento_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/751/requerimento_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/754/requerimento_no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/762/requerimento_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/767/requerimento_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/790/requerimento_no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/586/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_06-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/598/indicacao_07-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/600/indicacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/601/indicacao_09-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/607/indicacao_10-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/611/indicacao_11-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/612/indicacao_12-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/614/indicacao_13-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/617/indicacao_14-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/623/indicacao_15-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/624/indicacao_16-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/625/indicacao_16-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/626/indicacao_18-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_19-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_20-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/638/indicacao_21-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_22-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/640/indicacao_23-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/641/indicacao_24-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/646/indicacao_25-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/647/indicacao_26-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/651/indicacao_27-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/652/indicacao_28-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/653/indicacao_29-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/654/indicacao_30-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/655/indicacao_31-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/656/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/657/indicacao_33-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_34-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/660/indicacao_35-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/664/indicacao_36-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/665/indicacao_37-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/670/indicacao_38-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/671/indicacao_39-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/675/indicacao_40-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/676/indicacao_41-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/678/indicacao_42-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/679/indicacao_43-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/680/indicacao_44-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/681/indicacao_45-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/686/indicacao_46-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/687/indicacao_47-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/690/indicacao_48-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/696/indicacao_49-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/697/indicacao_50-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/703/indicacao_51-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/707/indicacao_52-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/716/indicacao_53-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/717/indicacao_54-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/718/indicacao_55-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/722/indicacao_56-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/727/indicacao_57-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/728/indicacao_58-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/736/indicacao_59-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/740/indicacao_60-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/741/indicacao_61-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/743/indicacao_62-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/753/indicacao_63-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/756/indicacao_64-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/757/indicacao_65-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/758/indicacao_66-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_67-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/764/indicacao_68-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/765/indicacao_69-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/766/indicacao_70-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/770/indicacao_71-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/771/indicacao_72-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/772/indicacao_73-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/773/indicacao_74-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/785/indicacao_75-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/789/indicacao_76-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/787/indicacao_77-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/788/indicacao_78-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/622/3-_projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/779/projeto_de_resolucao_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/592/processo_completo_pll_01-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/663/13-_processo_completo_-_pll_02-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/713/12-_processo_completo_pll_03-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/596/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/579/4-_parecer_do_pl_02-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/588/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/597/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/603/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/604/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/605/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/606/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/618/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/628/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/629/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/630/8-_parecer.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/636/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/645/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/649/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/667/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/672/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/673/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/674/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/682/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/691/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/692/5-parecer.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/698/6-parecer.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/700/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/701/6-parecer.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/708/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/711/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/712/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/723/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/724/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/730/9-_parecer.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/733/6-_parecer_ldo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/734/6-_parecer_pl_31-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/742/5-parecer_ao_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/746/6-_parecer_pl_-_32-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/750/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/759/6-parecer.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/760/8-_parecer_do_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/761/8-_parecer_do_pl_38-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/768/6-_parecer_favoravel_ao_pl_29-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/774/6-_parecer_pl_41-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/778/6-_parecer_do_pl_42-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/781/6-_parecer_do_pr_01-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/782/5-_parecer_do_pl_39-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/783/5-_parecer_do_pl_040-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/784/5-_parecer_pl_43-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/795/6-_parecer_pll_04-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/749/3-_regime_de_urgencia_ao_projeto_de_lei_35-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/599/mocao_01-23.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/572/processo_completo_pl_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/573/processo_completo_pl_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/580/processo_completo_pl_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/587/processo_completo_pl_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/589/12-_processo_completo_pl_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/590/processo_completo_pl_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/591/processo_completo_pl_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/613/11-_processo_completo_-_pl_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/615/13-_processo_completo_-_pl_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/616/13-_processo_completo_-_pl_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/619/15-_processo_completo_-_pl_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/621/12-_processo_completo_-_pl_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/637/12-_processo_completo_-_pl_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/644/12-_processo_completo_-_pl_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/658/11-_processo_completo_-_pl_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/661/10-_processo_completo_-_pl_16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/662/12-_processo_completo_-_pl_17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/668/12-_processo_completo_-_pl_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/669/3-projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/694/2-projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/677/11-_processo_completo_-_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/685/10-_processo_completo_-_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/693/13-_processo_completo_-_pl_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/695/11-_processo_completo_-_pl_24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/684/14-_processo_completo_-_pl_25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/702/13-_processo_completo_-_pl_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/709/processo_completo_-_pl_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/710/13-_processo_completo_-_pl_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/731/pl_29-2023_-_loa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/719/12-_processo_completo_-_pl_30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/726/3-_pl_31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/737/3-_pl_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/732/2-_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/747/3-_projeto_de_lei_35-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/748/projeto_de_lei_36-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/752/3-_pl_37-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/755/5-_projeto_de_lei_n_038_2023_incentivo_ao_desporto_ctgs_assinadooooo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/777/pl_-_39-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/780/2-_pl-_40-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/769/2-_projeto_de_lei_41-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/775/3-_pl_42-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/776/3-_pl_-_43-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/792/2-_pl_44-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/793/2-_pl_-_45-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/794/2-_pl_46-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/576/requerimento_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/577/requerimento_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/581/requerimento_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/582/requerimento_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/594/requerimento_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/602/requerimento_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/608/requerimento_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/609/requerimento_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/631/requerimento_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/634/requerimento_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/635/requerimento_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/643/requerimento_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/648/requerimento_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/650/requerimento_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/666/requerimento_no_19-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/688/requerimento_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/689/requerimento_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/699/requerimento_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/704/requerimento_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/705/requerimento_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/706/requerimento_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/714/requerimento_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/715/requerimento_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/720/requerimento_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/721/requerimento_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/729/requerimento_no_30-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/735/requerimento_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/738/requerimento_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/739/requerimento_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/745/requerimento_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/751/requerimento_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/754/requerimento_no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/762/requerimento_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/767/requerimento_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/790/requerimento_no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/586/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_06-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/598/indicacao_07-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/600/indicacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/601/indicacao_09-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/607/indicacao_10-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/611/indicacao_11-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/612/indicacao_12-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/614/indicacao_13-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/617/indicacao_14-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/623/indicacao_15-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/624/indicacao_16-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/625/indicacao_16-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/626/indicacao_18-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/632/indicacao_19-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_20-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/638/indicacao_21-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_22-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/640/indicacao_23-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/641/indicacao_24-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/646/indicacao_25-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/647/indicacao_26-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/651/indicacao_27-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/652/indicacao_28-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/653/indicacao_29-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/654/indicacao_30-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/655/indicacao_31-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/656/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/657/indicacao_33-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_34-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/660/indicacao_35-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/664/indicacao_36-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/665/indicacao_37-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/670/indicacao_38-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/671/indicacao_39-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/675/indicacao_40-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/676/indicacao_41-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/678/indicacao_42-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/679/indicacao_43-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/680/indicacao_44-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/681/indicacao_45-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/686/indicacao_46-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/687/indicacao_47-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/690/indicacao_48-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/696/indicacao_49-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/697/indicacao_50-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/703/indicacao_51-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/707/indicacao_52-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/716/indicacao_53-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/717/indicacao_54-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/718/indicacao_55-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/722/indicacao_56-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/727/indicacao_57-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/728/indicacao_58-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/736/indicacao_59-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/740/indicacao_60-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/741/indicacao_61-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/743/indicacao_62-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/753/indicacao_63-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/756/indicacao_64-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/757/indicacao_65-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/758/indicacao_66-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_67-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/764/indicacao_68-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/765/indicacao_69-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/766/indicacao_70-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/770/indicacao_71-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/771/indicacao_72-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/772/indicacao_73-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/773/indicacao_74-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/785/indicacao_75-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/789/indicacao_76-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/787/indicacao_77-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/788/indicacao_78-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/622/3-_projeto_de_decreto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/779/projeto_de_resolucao_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/592/processo_completo_pll_01-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/663/13-_processo_completo_-_pll_02-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/713/12-_processo_completo_pll_03-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/596/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/579/4-_parecer_do_pl_02-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/588/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/597/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/603/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/604/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/605/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/606/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/618/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/628/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/629/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/630/8-_parecer.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/636/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/645/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/649/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/667/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/672/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/673/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/674/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/682/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/691/5-_parecer.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/692/5-parecer.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/698/6-parecer.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/700/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/701/6-parecer.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/708/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/711/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/712/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/723/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/724/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/730/9-_parecer.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/733/6-_parecer_ldo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/734/6-_parecer_pl_31-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/742/5-parecer_ao_pl_33-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/746/6-_parecer_pl_-_32-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/750/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/759/6-parecer.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/760/8-_parecer_do_pl_36-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/761/8-_parecer_do_pl_38-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/768/6-_parecer_favoravel_ao_pl_29-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/774/6-_parecer_pl_41-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/778/6-_parecer_do_pl_42-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/781/6-_parecer_do_pr_01-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/782/5-_parecer_do_pl_39-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/783/5-_parecer_do_pl_040-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/784/5-_parecer_pl_43-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/795/6-_parecer_pll_04-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/749/3-_regime_de_urgencia_ao_projeto_de_lei_35-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2023/599/mocao_01-23.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H221"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="147.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>