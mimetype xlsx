--- v0 (2025-10-16)
+++ v1 (2026-03-19)
@@ -54,1587 +54,1587 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>DARLEI TRENTO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/796/3-_pl_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/796/3-_pl_01-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 1.823.663,59 (um milhão, oitocentos e vinte e três mil, seiscentos e sessenta e três reais e cinquenta e nove centavos).</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/797/3-_pl_02-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/797/3-_pl_02-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 850.780,48 (oitocentos e cinquenta mil, setecentos e oitenta reais e quarenta e oito centavos).</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/798/3-_pl_03-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/798/3-_pl_03-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 476.610,34 (quatrocentos e setenta e seis mil, seiscentos e dez reais e trinta e quatro centavos).</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/799/3-_pl_04-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/799/3-_pl_04-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 6.000.000,00 (seis milhões de reais).</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/800/3-_pl_05-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/800/3-_pl_05-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 5.561.443,51 (cinco milhões, quinhentos e sessenta e um mil, quatrocentos e quarenta e três reais e cinquenta e um centavos).</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/818/3-_pl_06-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/818/3-_pl_06-2024.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Município de Saudade do Iguaçu, Estado do Paraná do Sistema Nacional de Segurança Alimentar, define os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/811/3-_pl_07-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/811/3-_pl_07-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 475.000,00 (quatrocentos e setenta e cinco mil reais).</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/812/3-_pl_08-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/812/3-_pl_08-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 74.056,24 (setenta e quatro mil, cinquenta e seis reais e vinte e quatro centavos).</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/825/3-_projeto_de_lei_09-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/825/3-_projeto_de_lei_09-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, de um Crédito Adicional Suplementar no valor de R$ 408.288,00 (quatrocentos e oito mil e duzentos e oitenta e oito reais).</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/826/3-_projeto_de_lei_10-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/826/3-_projeto_de_lei_10-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal dos Direitos da Mulher, Cria o Conselho Municipal dos Direitos da Mulher, cria o Fundo Municipal dos Direitos da Mulher, e dá outras providências.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/829/3-_pl_11-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/829/3-_pl_11-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, de um Crédito Adicional Suplementar no valor de R$ 539.516,09 (quinhentos e trinta e nove mil, quinhentos e dezesseis reais e nove centavos).</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/834/3-_pl_12-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/834/3-_pl_12-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais, ocupantes de Cargo em Comissão e Funções Gratificadas.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/835/3-_pl_13-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/835/3-_pl_13-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais do quadro único do Poder Executivo municipal de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/854/3-_projeto_de_lei_14-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/854/3-_projeto_de_lei_14-2024.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, de um Crédito Adicional Suplementar no valor de R$ 686.500,00 (seiscentos e oitenta e seis mil e quinhentos reais).</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/849/3-_projeto_de_lei_15-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/849/3-_projeto_de_lei_15-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2024 no valor de R$ 3.500.000,00 (três milhões e quinhentos mil reais).</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/855/pl_16-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/855/pl_16-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza que a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2024 no valor de R$ 488.704,10 (quatrocentos e oitenta e oito mil, setecentos e quatro reais e dez centavos).</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/869/3-_pl_17-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/869/3-_pl_17-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2024 no valor de R$ 319.907,00 (trezentos e dezenove mil e novecentos e sete reais).</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/871/3-_pl_18-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/871/3-_pl_18-2024.pdf</t>
   </si>
   <si>
     <t>Inclui o parágrafo único no Art.1º da Lei n° 1.367/2020, de 16 de setembro de 2020.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/876/3-_projeto_de_lei_19-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/876/3-_projeto_de_lei_19-2024.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 5º e incisos I, II, III, IV e V do artigo 7º da lei 1.565/2024 de 04 de março de 2024.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/879/03-_pl_21-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/879/03-_pl_21-2024.pdf</t>
   </si>
   <si>
     <t>Altera os valores das Metas Anuais para 2024 constantes no Anexo de Metas Fiscais da Lei de Diretrizes Orçamentárias – LDO, para 2024.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/882/3-_pl_22-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/882/3-_pl_22-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação com encargos  de imóvel situado na matricula 22.107, de propriedade da Prefeitura Municipal de Saudade do Iguaçu, e da outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/888/3-_pl_23-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/888/3-_pl_23-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 1.075.000,00 (um milhão e setenta e cinco mil reais), e de um crédito adicional especial no valor de R$ 50.000,00 (cinquenta mil reais), no Orçamento Geral do Município do ano de 2024.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/889/3-_pl_24-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/889/3-_pl_24-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de Jornal com circulação regional e publicações diárias – do Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/894/3-_pl_25-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/894/3-_pl_25-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 025/2024 que Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2024 no valor de R$ 500.000,00.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/895/3-_pl_26-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/895/3-_pl_26-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 940.000,00 (novecentos e quarenta mil reais).</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/898/3-_pl_27-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/898/3-_pl_27-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abrir no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, um Crédito Adicional Suplementar no valor de R$ 1.600.000,00 (um milhão e seiscentos reais).</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/916/3-_pl_28-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/916/3-_pl_28-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de nova ação de governo no Plano Plurianual - PPA para os anos de 2024 e 2025, na Lei de Diretrizes Orçamentárias – LDO para o ano de 2024, e a abertura de crédito adicional especial na LOA 2024.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/907/3-_pl_29-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/907/3-_pl_29-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a convalidação de Concessão do Direito Real de Uso de imóvel público e da outras providências.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/908/3-_pl_30-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/908/3-_pl_30-2024.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município o Sistema Municipal de Cultura - SMC, o Conselho Municipal de Políticas Culturais – CMPC, e o Fundo Municipal de Cultura – FMC, e estabelece diretrizes para as Políticas Municipais de Cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/909/3-_pl_-_31-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/909/3-_pl_-_31-2024.pdf</t>
   </si>
   <si>
     <t>Ofício 079/2024, de autoria do Prefeito Municipal encaminhando o Projeto de Lei Nº 031/2024, que cria o Conselho Municipal de Esporte de Saudade do Iguaçu/Pr.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/917/3-_pl_32-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/917/3-_pl_32-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o Exercício financeior de 2024 no valor de R$ 270.000,00 (duzentos e setenta mil reais).</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/918/2-_projeto_de_lei_33-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/918/2-_projeto_de_lei_33-2024.pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/924/01-_pl_34-2024_-_ldo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/924/01-_pl_34-2024_-_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE SAUDADE DO IGUAÇU PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/922/02-_projeto_de_lei_035_2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/922/02-_projeto_de_lei_035_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 370.000,00 (trezentos e setenta mil reais) no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/927/1-_pl_-_36-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/927/1-_pl_-_36-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2024 no valor de R$ 200.444,45 (duzentos mil, quatrocentos e quarenta e quatro reais e quarenta e cinco centavos).</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/931/01-_pl_37-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/931/01-_pl_37-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no valor de R$ 380.000,00 (trezentos e oitenta mil reais), e um Crédito Adicional Especial no valor de R$ 4.000,00 (quatro mil reais) e Especial no Orçamento Geral do Município do ano de 2024.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/932/1-_pl_38-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/932/1-_pl_38-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024, de um Crédito Adicional Suplementar no valor de R$ 191.032,45 (cento e noventa e um mil, trinta e dois reais e quarenta e cinco centavos).</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/935/01-_projeto_de_lei_39-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/935/01-_projeto_de_lei_39-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento para o Exercício Financeiro de 2025 (LOA 2025).</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/936/2-_pl_40-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/936/2-_pl_40-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 345.000,00 (trezentos e quarenta e cinco mil reais) no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/939/2-_pl_41-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/939/2-_pl_41-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 360.000,00 (trezentos e sessenta mil reais) no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2024.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/948/pl_42-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/948/pl_42-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Gestão Integrada de Resíduos Sólidos do Município de Saudade do Iguaçu– PR e dá outras providências.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/947/pl43-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/947/pl43-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no orçamento geral do município no valor de R$ 544.963,30.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/956/1-_pl_44-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/956/1-_pl_44-2024.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Bem-Estar Animal e dispõe sobre ações objetivando o bem-estar animal, o controle populacional de cães e gatos, vedação a maus tratos, estímulo à adoção de animais entre outras providências.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/957/pl_45-_2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/957/pl_45-_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2024 no valor de R$ 127.377,50 (cento e vinte e sete mil, trezentos e setenta e sete reais e cinquenta centavos.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/959/pl46-_2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/959/pl46-_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração das metas das ações dos programas de governo e da estimativa das receitas do Plano Plurianual que foi estabelecido pela Lei Municipal nº. 1.435 de 05 de outubro de 2021.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/960/pl47-_2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/960/pl47-_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2024.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/808/requerimento_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/808/requerimento_01-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do PROGRAMA ILUMINANDO O NATAL NA MESA DAS FAMÍLIAS, instituído pela Lei Municipal Nº 1.537/2023.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/848/requerimento_02-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/848/requerimento_02-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do procedimento licitatório referente à aquisição de flores.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, JOSEMAR ANTÔNIO CEMIN, LUIS FERNANDO VEDANA - DR. VEDANA, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/860/requerimento_03-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/860/requerimento_03-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja gestionado a pintura das faixas da Rodovia PR 158.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/870/requerimento_04-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/870/requerimento_04-2024.pdf</t>
   </si>
   <si>
     <t>Requer a liberação do barracão utilizado pela Associação Amigos da Terceira Idade para a realização de eventos promovidos pela Associação Saudadense dos Idosos.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/884/requerimento_05-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/884/requerimento_05-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de incentivos concedidos pelo município à empresa.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/885/requerimento_06-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/885/requerimento_06-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de leilão de bens inservíveis realizado pela municipalidade.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>CELSO GIACOMINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/887/requerimento_07-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/887/requerimento_07-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de empresa contratada pela municipalidade para a prestação de serviços de limpeza e manutenção.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/906/requerimento_08-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/906/requerimento_08-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de evento realizado em comemoração ao Dia das Mães e ao Dia das Mulheres.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>JOSEMAR ANTÔNIO CEMIN</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/921/requerimento_09-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/921/requerimento_09-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações técnicas relativas à construção do barracão industrial que será cedido à empresa de panificação.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita informações sogre as festividades natalinas deste ano.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>FELIPE FORGIARINI</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/801/indicacao_1-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/801/indicacao_1-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos com a finalidade de distribuição do "PACOTE AGRÍCOLA DE INVERNO" nos termos da Lei Municipal Nº 1238/2018 de 04 de dezembro de 2018.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/802/indicacao_2-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/802/indicacao_2-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos com a finalidade de limpeza do lago da Usina Hidrelétrica de Salto Santiago.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/803/indicacao_3-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/803/indicacao_3-2024.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de empresa de segurança para atuação junto aos estabelecimentos de ensino do Município.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/804/indicacao_4-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/804/indicacao_4-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos com a finalidade de da realização de Processo Licitatório para a aquisição de insumos agrícolas.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/805/indicacao_5-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/805/indicacao_5-2024.pdf</t>
   </si>
   <si>
     <t>Indica o envio de Projeto de Lei para a Câmara Municipal com a finalidade de alteração da quantidade dos insumos concedidos pelo Programa Pacote Agrícola.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/806/indicacao_6-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/806/indicacao_6-2024.pdf</t>
   </si>
   <si>
     <t>Indica a redução dos valores da hora/máquina do Programa Porteira Adentro.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/807/indicacao_7-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/807/indicacao_7-2024.pdf</t>
   </si>
   <si>
     <t>Indica a  distribuição de uniformes escolares completos aos alunos do Município.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>VOLMIR JOÃO BERRA - BAMBU</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/809/indicacao_8-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/809/indicacao_8-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutores de velocidade no loteamento Fabris no Perímetro Urbano do Município.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_9-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_9-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de abrigo em ponto de ônibus.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/819/indicacao_10-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/819/indicacao_10-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de reparos mecânicos na máquina colhedora de silagem de propriedade do Município.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/820/indicacao_11-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/820/indicacao_11-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de serviços de manutenção do sistema de iluminação do campo de futebol localizado na Comunidade de Nossa Senhora Aparecida, Assentamento Nova Fartura.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/821/indicacao_12-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/821/indicacao_12-2024.pdf</t>
   </si>
   <si>
     <t>“Indica a realização do FUMACÊ DA DENGUE, em todo o Perímetro Urbano.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/828/indicacao_13-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/828/indicacao_13-2024.pdf</t>
   </si>
   <si>
     <t>Indica a perfuração de poços artesianos no município.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/830/indicacao_14-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/830/indicacao_14-2024.pdf</t>
   </si>
   <si>
     <t>Indica o estudo para possibilidade de reforma do Posto de Saúde de Linha Urutu.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_15-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_15-2024.pdf</t>
   </si>
   <si>
     <t>Indica a reparos nos postes de iluminação pública ao longo da Avenida Iguaçu.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>CLAYTON JONATHAN BITENCOURT</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/837/indicacao_16-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/837/indicacao_16-2024.pdf</t>
   </si>
   <si>
     <t>Indica a cedência do conjunto de fenação e de trator à Associação de Agricultores da Bacia da Linha Pães.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_17-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_17-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de abrigos nos pontos de ônibus.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_18-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_18-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de acostamentos em pontos de ônibus.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>HENRIQUE DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/844/indicacao_19-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/844/indicacao_19-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de bueiros em todas as bifurcações das rodovias municipais pavimentadas.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/845/indicacao_20-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/845/indicacao_20-2024.pdf</t>
   </si>
   <si>
     <t>Indica a reativação do barracão de reciclagem junto ao antigo aterro sanitário do Município.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/846/indicacao_21-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/846/indicacao_21-2024.pdf</t>
   </si>
   <si>
     <t>Indica o aumento do valor do vale-alimentação dos servidores municipais.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/847/indicacao_22-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/847/indicacao_22-2024.pdf</t>
   </si>
   <si>
     <t>Indica providências acerca da limpeza de terrenos baldios.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_23-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_23-2024.pdf</t>
   </si>
   <si>
     <t>Indica a cedência de uma Góbia Niveladora para a Associação de Agricultores de Santa Rosa.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/852/indicacao_24-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/852/indicacao_24-2024.pdf</t>
   </si>
   <si>
     <t>Indica melhorias junto a praça municipal.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_25-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_25-2024.pdf</t>
   </si>
   <si>
     <t>Indica a retomada da aquisição e da distribuição de camas de aviário da empresa PLUMA aos produtores rurais.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/857/indicacao_26-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/857/indicacao_26-2024.pdf</t>
   </si>
   <si>
     <t>Indica instalação de redutor de velocidade junto à Rua, Rui Barbosa.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/859/indicacao_27-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/859/indicacao_27-2024.pdf</t>
   </si>
   <si>
     <t>Indica a criação de vagas de estacionamento rotativo de curta duração e privativas em frente à Prefeitura Municipal.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/861/indicacao_28-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/861/indicacao_28-2024.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do programa municipal de fornecimento de transporte de calcário.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/862/indicacao_29-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/862/indicacao_29-2024.pdf</t>
   </si>
   <si>
     <t>Indica o funcionamento da farmácia básica da Unidade Básica de Saúde (UBS) do Município durante os plantões.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_30-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_30-2024.pdf</t>
   </si>
   <si>
     <t>Indica melhorias em ruas localizadas no Perímetro Urbano do Município.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/866/indicacao_31-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/866/indicacao_31-2024.pdf</t>
   </si>
   <si>
     <t>Indica o uso de biolarvicidas com aplicação por drones como medida para o controle de vetores transmissores de doenças.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/867/indicacao_32-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/867/indicacao_32-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalação da rede de iluminação pública no loteamento Campos.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/868/indicacao_33-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/868/indicacao_33-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de obras de pavimentação asfáltica em um trecho de aproximadamente 10 metros que dá acesso da Avenida Iguaçu.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/872/indicacao_34-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/872/indicacao_34-2024.pdf</t>
   </si>
   <si>
     <t>Indica melhorias na rede de iluminação pública nos condomínios localizados às margens do reservatório da usina hidroelétrica Salto Santiago.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/873/indicacao_35-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/873/indicacao_35-2024.pdf</t>
   </si>
   <si>
     <t>“Indica a criação de um estacionamento exclusivo para carga e descarga na Rua Araucária.”</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/880/indicacao_36-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/880/indicacao_36-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Regularização Fundiária Urbana (Reurb) em todo o perímetro urbano do município de Saudade do Iguaçu/PR.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/886/indicacao_37-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/886/indicacao_37-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos técnicos por parte do Município de Saudade do Iguaçu/PR para viabilizar a construção de muro de contenção.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/897/indicacao_38-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/897/indicacao_38-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos com a finalidade da Retirada de Trânsito de Veículos Pesados da Avenida Iguaçu (BR-158).</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/900/indicacao_39-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/900/indicacao_39-2024.pdf</t>
   </si>
   <si>
     <t>Indica a pavimentação asfáltica da rua no perímetro urbano do Município.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/901/indicacao_40-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/901/indicacao_40-2024.pdf</t>
   </si>
   <si>
     <t>Indica o aumento na capacidade do transporte de trabalhadores para a empresa Doce, Docê de Chopinzinho.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/905/indicacao_41-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/905/indicacao_41-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos para a instalação de redutores de velocidade (quebra-molas) junto à BR 158.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/913/indicacao_42-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/913/indicacao_42-2024.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos e a adoção das providências cabíveis visando ao reajuste dos salários dos membros do Conselho Tutelar do Município.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/915/indicacao_44-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/915/indicacao_44-2024.pdf</t>
   </si>
   <si>
     <t>Indica o fornecimento de transporte por parte do Município para os trabalhadores da empresa Piracanjuba.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/929/indicacao_45-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/929/indicacao_45-2024.pdf</t>
   </si>
   <si>
     <t>Indica que o Município efetue os reparos necessários nas ruas e calçadas do Bairro Harmonia, danificadas devido às obras de saneamento básico.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>Indica a construção de um abrigo no ponto de ônibus localizado às margens da BR-158.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>Indica que seja dado denominação de estrada rural em homenagem ao pioneiro Etelvino Eugênio Piaia.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/963/indicacao_no_048-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/963/indicacao_no_048-2024.pdf</t>
   </si>
   <si>
     <t>India a adoção de providências para a execução de reparos nas ruas e calçadas do Bairro Harmonia.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/967/indicacao_49-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/967/indicacao_49-2024.pdf</t>
   </si>
   <si>
     <t>Indica aterro e terraplanagem nos termos da Lei de Incentivos nº 1199/2018.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/946/pdl_-_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/946/pdl_-_01-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo de Saudade do Iguaçu/PR, referente ao exercício financeiro de 2022 de responsabilidade de Darlei Trento para a apreciação do Plenário.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/950/1-_projeto_de_lei_complementar_-_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/950/1-_projeto_de_lei_complementar_-_01-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização do solo nas margens do alagado do Rio Iguaçu, mediante a Implantação de Condomínios horizontais fechados enquadrados em Zona de Interesse Turístico, e dá outras providências.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/951/1-_projeto_de_lei_complementar_02-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/951/1-_projeto_de_lei_complementar_02-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ZONEAMENTO DO USO E OCUPAÇÃO DO SOLO DO MUNICÍPIO DE SAUDADE DO IGUAÇU, E REVOGA AS LEIS 03/2007 e 32/2012.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/952/1-_projeto_de_lei_complementar_03-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/952/1-_projeto_de_lei_complementar_03-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo urbano e condomínios do município de Saudade do Iguaçu, e revoga as leis 08/2007 e lei 29/2020.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
     <t>CELSO GIACOMINI, FELIPE FORGIARINI, HENRIQUE DOS SANTOS, LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/836/3-_pll-_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/836/3-_pll-_01-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais do Poder Legislativo municipal de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/850/02-_pll_02-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/850/02-_pll_02-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1192 de 07 de maio de 2018.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.279/2019, de 21 de maio de 2019, que instituiu o Programa de Transporte Escolar do Município de Saudade do Iguaçu/PR.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>LUIS FERNANDO VEDANA - DR. VEDANA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/940/1-_pll_04-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/940/1-_pll_04-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Município de Saudade do Iguaçu firmar convênio com academias de ginástica instaladas no município para atendimento gratuito de pessoas com indicações clínicas e dá outras providências.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/943/2-_projeto_lei_legislativo_05-2024_-_permuta_de_pessoal.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/943/2-_projeto_lei_legislativo_05-2024_-_permuta_de_pessoal.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Cessão Funcional e Permuta de servidores do Município de Saudade do Iguaçu, Estado do Paraná, seja entre órgãos e entidades da Administração Direta ou Indireta ou de órgãos componentes dos três poderes, Executivo, Legislativo, Judiciário pertencente a União, Estados, Municípios e, estabelece outras providências.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/949/pll_06-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/949/pll_06-2024.pdf</t>
   </si>
   <si>
     <t>Exclui os cargos em comissão previstos no Plano de Cargos e Vencimentos dos Servidores do Poder Legislativo do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/813/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/813/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 01/2024.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/814/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/814/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 02/2024.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/815/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/815/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 03/2024.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/816/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/816/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 04/2024.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/817/6-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/817/6-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 05/2024.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/822/7-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/822/7-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 06/2024.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/823/7-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/823/7-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei nº 07/2024.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/824/7-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/824/7-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 08/2024.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/832/6-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/832/6-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 09/2024.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/833/9-parecer_favoravel_do_pl_com_emenda.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/833/9-parecer_favoravel_do_pl_com_emenda.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei nº 010/2024, com Emenda Modificativa Nº 01/2024.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/839/7-_parecer_do_pl_11-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/839/7-_parecer_do_pl_11-2024.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei N 011/2024.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/840/6-_parecer_das_comissoes_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/840/6-_parecer_das_comissoes_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei  012/2024.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/841/6-_parecer_das_comissoes_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/841/6-_parecer_das_comissoes_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de finanças e Orçamento favorável à aprovação do Projeto de Lei 013/2024.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/842/6-_parecer_das_comissoes_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/842/6-_parecer_das_comissoes_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Legislativo 01/2024.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/853/7-_parecer_favoravel_ao_pl_15-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/853/7-_parecer_favoravel_ao_pl_15-2024.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 015/2024.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/858/07-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/858/07-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Legislativo nº 02/2024.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/864/7-_parecer_das_comissoes_favoravel_ao_pl_14-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/864/7-_parecer_das_comissoes_favoravel_ao_pl_14-2024.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 14/2024.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/865/7-_parecer_favoravel_ao_projeto_de_lei_16-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/865/7-_parecer_favoravel_ao_projeto_de_lei_16-2024.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 16/2024.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/874/7-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/874/7-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL AO PROJETO DE LEI Nº 017/2024.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/881/7-_parecer_das_comissoes_competentes.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/881/7-_parecer_das_comissoes_competentes.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça favorável à aprovação do Projeto de Lei Nº 018/2024.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/878/7-_parecer_favoravel_ao_pl_19-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/878/7-_parecer_favoravel_ao_pl_19-2024.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 019/2024.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/883/7-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/883/7-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL AO PROJETO DE LEI Nº 021/2024.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/890/7-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/890/7-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento, favorável à aprovação do Projetod e Lei Nº 023/2024.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/891/7-_parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/891/7-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça favorável à aprovação do Projeto de Lei Nº 024/2024.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/896/7-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/896/7-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento Favorável ao Projeto de Lei nº. 025/2024.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/902/6-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/902/6-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de constituição e justiça favorável à aprovação do Projeto de Lei Legislativo Nº 03/2024.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/903/7-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/903/7-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de constituição e justiça e de finanças e orçamento favorável à aprovação do Projeto de Lei Nº 026/2024.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/904/7-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/904/7-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçmento favorável à aprovação do Projeto de Lei Nº 027/2024.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/910/7-_parecer_das_comissoes.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/910/7-_parecer_das_comissoes.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 029/2024.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/911/7-_parecer_das_comissoes.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/911/7-_parecer_das_comissoes.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável ao Projeto de Lei Nº 030/2024.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/912/7-_parecer_das_comissoes.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/912/7-_parecer_das_comissoes.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 031/2024.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/919/7-_parecer_favoravel_ao_pl_32-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/919/7-_parecer_favoravel_ao_pl_32-2024.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça favorável à aprovação do Projeto de Lei Nº 032/2024.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/920/7-_parecer_favoravel_ao_pl_28-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/920/7-_parecer_favoravel_ao_pl_28-2024.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 028/2024.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Consituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 033/2024.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Fianças e Orçamento favorável à aprovação do Projeto de Lei Nº 035/2024.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 036/2024.</t>
   </si>
   <si>
     <t>933</t>
   </si>
@@ -1650,229 +1650,229 @@
   <si>
     <t>938</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, COSPU - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS E URBANISMO</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, FINANÇAS E ORÇAMENTO, OBRAS, SERVIÇOS PÚBLICOS E URBANISMO, EDUCAÇÃO, SAÚDE E AÇÃO SOCIAL, AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE FAVORÁVEL AO PROJETO DE LEI Nº 034/2024.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finançãs e Orçamento favorável à aprovação do Projeto de Lei Nº 040/2024.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finançãs e Orçamento favorável à aprovação do Projeto de Lei Nº 041/2024.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/944/parecer_42-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/944/parecer_42-2024.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de CCJ, CFO e CESAS favorável à aprovação do Projeto de Lei Legislativo Nº 04/2024.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/945/parecer_43-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/945/parecer_43-2024.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça favorável à aprovação do Projeto de Lei Legislativo Nº 05/2024.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, DE FINANÇAS E ORÇAMENTO E DE AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE FAVORÁVEL AO PROJETO DE LEI 42/2024.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/954/6-_parecer_pl_43.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/954/6-_parecer_pl_43.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO  FAVORÁVEL AO Projeto de Lei nº 043/2024.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/955/6-_parecer_conjunto_da_loa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/955/6-_parecer_conjunto_da_loa.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DE TODAS AS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE SAUDADE DO IGUAÇU/PR.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, FINANÇAS E ORÇAMENTO, E AGRICULTURA, EMPREGO, RENDA E MEIO AMBIENTE _x000D_
 favorável ao Projeto de Lei nº 044/2024 – Institui a Política de Bem-Estar Animal e dispõe sobre ações objetivando o bem-estar animal, o controle populacional de cães e gatos, vedação a maus tratos, estímulo à adoção de animais entre outras providências.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTOS FAVORÁVEL ao Projeto de Lei nº 045/2024 – Abertura de Crédito Adicional Suplementar no Orçamento de 2024.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL AO PROJETO DE LEI Nº 046/2024.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/966/parecer_49-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/966/parecer_49-2024.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL AO PROJETO DE LEI Nº 047/2024.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>CE - COMISSÃO ESPECIAL</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/969/5-_parecer_da_comissao_especial.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/969/5-_parecer_da_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Especial nomeada pela Portaria Nº 015/2024 favorável à aprovação do PLC 01/2024 na forma do Substitutivo Nº 02/2024.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/971/5-_parecer_plc_02-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/971/5-_parecer_plc_02-2024.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Especial nomeada pela Portaria Nº 015/2024 favorável à aprovação do PLC 02/2024 na forma do Substitutivo Nº 03/2024.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/973/6-_parecer_da_ce_favoravel_ao_plc_3_na_forma_do_substitutivo_04-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/973/6-_parecer_da_ce_favoravel_ao_plc_3_na_forma_do_substitutivo_04-2024.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Especial nomeada pela Portaria Nº 015/2024 favorável ao Projeto de Lei Complementar Nº 03/2024 na forma do substitutivo Nº 04/2024.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>AURI BITENCOURT DA SILVA, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, HENRIQUE DOS SANTOS, SETEMBRINO NATH - BINO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/827/7-_emenda_modificaitiva_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/827/7-_emenda_modificaitiva_01-2024.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do Art. 7º do Projeto de Lei Nº 10/2024.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/958/6-_substitutivo_no_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/958/6-_substitutivo_no_01-2024.pdf</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/968/4-_substitutivo_no_02-2024_ao_plc_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/968/4-_substitutivo_no_02-2024_ao_plc_01-2024.pdf</t>
   </si>
   <si>
     <t>Corrige inconsistências, adequando a redação para assegurar a conformidade técnica e jurídica necessária ao Projeto de Lei Complementar Nº 01/2024.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/970/4-_substitutivo_no_03-2024_ao_plc_02-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/970/4-_substitutivo_no_03-2024_ao_plc_02-2024.pdf</t>
   </si>
   <si>
     <t>Corrige inconsistências, adequando a redação para assegurar a conformidade técnica e jurídica necessária ao Projeto de Lei Complementar Nº 02/2024.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/972/5-_substitutivo_04-2024__ao_plc_03-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/972/5-_substitutivo_04-2024__ao_plc_03-2024.pdf</t>
   </si>
   <si>
     <t>Corrige inconsistências no Projeto de Lei Complementar Nº 03/2024, adequando a redação para assegurar a conformidade técnica e jurídica necessária.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/893/mocao_de_repudio_01-2024.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/893/mocao_de_repudio_01-2024.pdf</t>
   </si>
   <si>
     <t>Moção de Repudio contra o Projeto de Lei 334/2024 do Governador Ratinho Jr, que institui o Programa "Parceiro da Escola".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2179,68 +2179,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/796/3-_pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/797/3-_pl_02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/798/3-_pl_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/799/3-_pl_04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/800/3-_pl_05-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/818/3-_pl_06-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/811/3-_pl_07-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/812/3-_pl_08-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/825/3-_projeto_de_lei_09-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/826/3-_projeto_de_lei_10-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/829/3-_pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/834/3-_pl_12-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/835/3-_pl_13-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/854/3-_projeto_de_lei_14-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/849/3-_projeto_de_lei_15-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/855/pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/869/3-_pl_17-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/871/3-_pl_18-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/876/3-_projeto_de_lei_19-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/879/03-_pl_21-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/882/3-_pl_22-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/888/3-_pl_23-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/889/3-_pl_24-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/894/3-_pl_25-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/895/3-_pl_26-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/898/3-_pl_27-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/916/3-_pl_28-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/907/3-_pl_29-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/908/3-_pl_30-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/909/3-_pl_-_31-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/917/3-_pl_32-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/918/2-_projeto_de_lei_33-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/924/01-_pl_34-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/922/02-_projeto_de_lei_035_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/927/1-_pl_-_36-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/931/01-_pl_37-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/932/1-_pl_38-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/935/01-_projeto_de_lei_39-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/936/2-_pl_40-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/939/2-_pl_41-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/948/pl_42-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/947/pl43-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/956/1-_pl_44-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/957/pl_45-_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/959/pl46-_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/960/pl47-_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/808/requerimento_01-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/848/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/860/requerimento_03-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/870/requerimento_04-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/884/requerimento_05-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/885/requerimento_06-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/887/requerimento_07-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/906/requerimento_08-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/921/requerimento_09-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/801/indicacao_1-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/802/indicacao_2-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/803/indicacao_3-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/804/indicacao_4-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/805/indicacao_5-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/806/indicacao_6-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/807/indicacao_7-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/809/indicacao_8-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_9-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/819/indicacao_10-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/820/indicacao_11-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/821/indicacao_12-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/828/indicacao_13-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/830/indicacao_14-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_15-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/837/indicacao_16-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_17-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_18-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/844/indicacao_19-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/845/indicacao_20-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/846/indicacao_21-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/847/indicacao_22-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_23-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/852/indicacao_24-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_25-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/857/indicacao_26-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/859/indicacao_27-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/861/indicacao_28-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/862/indicacao_29-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_30-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/866/indicacao_31-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/867/indicacao_32-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/868/indicacao_33-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/872/indicacao_34-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/873/indicacao_35-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/880/indicacao_36-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/886/indicacao_37-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/897/indicacao_38-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/900/indicacao_39-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/901/indicacao_40-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/905/indicacao_41-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/913/indicacao_42-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/915/indicacao_44-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/929/indicacao_45-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/963/indicacao_no_048-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/967/indicacao_49-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/946/pdl_-_01-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/950/1-_projeto_de_lei_complementar_-_01-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/951/1-_projeto_de_lei_complementar_02-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/952/1-_projeto_de_lei_complementar_03-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/836/3-_pll-_01-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/850/02-_pll_02-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/940/1-_pll_04-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/943/2-_projeto_lei_legislativo_05-2024_-_permuta_de_pessoal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/949/pll_06-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/813/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/814/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/815/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/816/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/817/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/822/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/823/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/824/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/832/6-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/833/9-parecer_favoravel_do_pl_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/839/7-_parecer_do_pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/840/6-_parecer_das_comissoes_favoravel.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/841/6-_parecer_das_comissoes_favoravel.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/842/6-_parecer_das_comissoes_favoravel.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/853/7-_parecer_favoravel_ao_pl_15-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/858/07-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/864/7-_parecer_das_comissoes_favoravel_ao_pl_14-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/865/7-_parecer_favoravel_ao_projeto_de_lei_16-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/874/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/881/7-_parecer_das_comissoes_competentes.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/878/7-_parecer_favoravel_ao_pl_19-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/883/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/890/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/891/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/896/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/902/6-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/903/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/904/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/910/7-_parecer_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/911/7-_parecer_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/912/7-_parecer_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/919/7-_parecer_favoravel_ao_pl_32-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/920/7-_parecer_favoravel_ao_pl_28-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/944/parecer_42-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/945/parecer_43-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/954/6-_parecer_pl_43.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/955/6-_parecer_conjunto_da_loa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/966/parecer_49-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/969/5-_parecer_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/971/5-_parecer_plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/973/6-_parecer_da_ce_favoravel_ao_plc_3_na_forma_do_substitutivo_04-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/827/7-_emenda_modificaitiva_01-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/958/6-_substitutivo_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/968/4-_substitutivo_no_02-2024_ao_plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/970/4-_substitutivo_no_03-2024_ao_plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/972/5-_substitutivo_04-2024__ao_plc_03-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/893/mocao_de_repudio_01-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/796/3-_pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/797/3-_pl_02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/798/3-_pl_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/799/3-_pl_04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/800/3-_pl_05-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/818/3-_pl_06-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/811/3-_pl_07-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/812/3-_pl_08-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/825/3-_projeto_de_lei_09-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/826/3-_projeto_de_lei_10-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/829/3-_pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/834/3-_pl_12-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/835/3-_pl_13-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/854/3-_projeto_de_lei_14-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/849/3-_projeto_de_lei_15-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/855/pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/869/3-_pl_17-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/871/3-_pl_18-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/876/3-_projeto_de_lei_19-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/879/03-_pl_21-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/882/3-_pl_22-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/888/3-_pl_23-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/889/3-_pl_24-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/894/3-_pl_25-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/895/3-_pl_26-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/898/3-_pl_27-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/916/3-_pl_28-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/907/3-_pl_29-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/908/3-_pl_30-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/909/3-_pl_-_31-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/917/3-_pl_32-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/918/2-_projeto_de_lei_33-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/924/01-_pl_34-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/922/02-_projeto_de_lei_035_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/927/1-_pl_-_36-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/931/01-_pl_37-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/932/1-_pl_38-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/935/01-_projeto_de_lei_39-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/936/2-_pl_40-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/939/2-_pl_41-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/948/pl_42-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/947/pl43-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/956/1-_pl_44-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/957/pl_45-_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/959/pl46-_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/960/pl47-_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/808/requerimento_01-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/848/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/860/requerimento_03-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/870/requerimento_04-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/884/requerimento_05-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/885/requerimento_06-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/887/requerimento_07-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/906/requerimento_08-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/921/requerimento_09-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/801/indicacao_1-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/802/indicacao_2-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/803/indicacao_3-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/804/indicacao_4-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/805/indicacao_5-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/806/indicacao_6-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/807/indicacao_7-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/809/indicacao_8-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_9-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/819/indicacao_10-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/820/indicacao_11-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/821/indicacao_12-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/828/indicacao_13-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/830/indicacao_14-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/831/indicacao_15-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/837/indicacao_16-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_17-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_18-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/844/indicacao_19-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/845/indicacao_20-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/846/indicacao_21-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/847/indicacao_22-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_23-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/852/indicacao_24-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_25-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/857/indicacao_26-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/859/indicacao_27-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/861/indicacao_28-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/862/indicacao_29-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_30-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/866/indicacao_31-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/867/indicacao_32-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/868/indicacao_33-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/872/indicacao_34-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/873/indicacao_35-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/880/indicacao_36-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/886/indicacao_37-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/897/indicacao_38-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/900/indicacao_39-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/901/indicacao_40-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/905/indicacao_41-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/913/indicacao_42-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/915/indicacao_44-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/929/indicacao_45-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/963/indicacao_no_048-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/967/indicacao_49-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/946/pdl_-_01-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/950/1-_projeto_de_lei_complementar_-_01-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/951/1-_projeto_de_lei_complementar_02-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/952/1-_projeto_de_lei_complementar_03-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/836/3-_pll-_01-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/850/02-_pll_02-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/940/1-_pll_04-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/943/2-_projeto_lei_legislativo_05-2024_-_permuta_de_pessoal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/949/pll_06-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/813/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/814/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/815/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/816/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/817/6-_parecer.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/822/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/823/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/824/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/832/6-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/833/9-parecer_favoravel_do_pl_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/839/7-_parecer_do_pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/840/6-_parecer_das_comissoes_favoravel.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/841/6-_parecer_das_comissoes_favoravel.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/842/6-_parecer_das_comissoes_favoravel.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/853/7-_parecer_favoravel_ao_pl_15-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/858/07-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/864/7-_parecer_das_comissoes_favoravel_ao_pl_14-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/865/7-_parecer_favoravel_ao_projeto_de_lei_16-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/874/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/881/7-_parecer_das_comissoes_competentes.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/878/7-_parecer_favoravel_ao_pl_19-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/883/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/890/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/891/7-_parecer.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/896/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/902/6-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/903/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/904/7-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/910/7-_parecer_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/911/7-_parecer_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/912/7-_parecer_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/919/7-_parecer_favoravel_ao_pl_32-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/920/7-_parecer_favoravel_ao_pl_28-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/944/parecer_42-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/945/parecer_43-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/954/6-_parecer_pl_43.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/955/6-_parecer_conjunto_da_loa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/966/parecer_49-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/969/5-_parecer_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/971/5-_parecer_plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/973/6-_parecer_da_ce_favoravel_ao_plc_3_na_forma_do_substitutivo_04-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/827/7-_emenda_modificaitiva_01-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/958/6-_substitutivo_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/968/4-_substitutivo_no_02-2024_ao_plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/970/4-_substitutivo_no_03-2024_ao_plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/972/5-_substitutivo_04-2024__ao_plc_03-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2024/893/mocao_de_repudio_01-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="147.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>