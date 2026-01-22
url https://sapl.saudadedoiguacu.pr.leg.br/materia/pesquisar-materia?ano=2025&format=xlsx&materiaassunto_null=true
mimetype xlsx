--- v0 (2025-10-15)
+++ v1 (2026-01-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1872" uniqueCount="866">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2264" uniqueCount="1017">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -393,51 +393,51 @@
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/processo_completo_do_pl_29-2025_-_ldo_e_anexos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE SAUDADE DO IGUAÇU PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/processo_completo_do_pl_30-2025_-.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município para o exercício financeiro de 2025, no valor de  R$ 457.300,39 (quatrocentos e cinquenta e sete mil, trezentos reais e trinta e nove centavos).</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/processo_completo_-__pl_31-2025.pdf</t>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/1-_pl_31-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Saudade do Iguaçu a instituir o Programa Municipal de Valorização da Indústria, Comércio e Serviço Local COMÉRCIO FORTE, CONSUMIDOR COM SORTE e dá outras providências.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/pl_32-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um crédito adicional suplementar no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025, no valor de R$ 1.035.157,90 (um milhão, trinta e cinco mil, cento e cinquenta e sete reais e noventa centavos).</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/01-_projeto_de_lei_33-2025.pdf</t>
   </si>
@@ -453,80 +453,212 @@
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/processo_completo_-__pl_34-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 2.020.066,11 (dois milhões, vinte mil, sessenta e seis reais e onze centavos)no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/processo_completo_-__pl_35-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 350.000,00 (trezentos e cinquenta mil reais) no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_no_036-2025_-_loa-2026.pdf</t>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_36-2025_-_processo_completo.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Saudade do Iguaçu para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/01-_projeto_de_lei_037_2025_suplem_diversas.pdf</t>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/processo_completo_-_projeto_de_lei_37-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um crédito adicional suplementar no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025, no valor de  R$ 215.000,00 (duzentos e quinze mil reais).</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/01-_pl_38-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o exercício financeiro de 2025, no valor de R$ 252.000,00 (duzentos e cinquenta e dois mil reais).</t>
   </si>
   <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/2-_projeto_de_lei_039_2025_.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o chefe do poder executivo municipal a abrir um Crédito Adicional Suplementar no Orçamento de 2025 no valor de R$ 868.491,69 (oitocentos e sessenta e oito mil, quatrocentos e noventa e um reais e sessenta e nove centavos).</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1230/01-_projeto_de_lei_40-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Especial de Natal” e concede Benefício Natalino às famílias em situação de vulnerabilidade social no Município de Saudade do Iguaçu, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/01-_projeto_de_lei_41-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025 no valor de R$ 664.097,99 (seiscentos e sessenta e quatro mil, noventa e sete reais e noventa e nove centavos).</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_42-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Valorização do Comércio, Indústria e Serviços Locais “Comércio Forte, Consumidor com Sorte”, autoriza a celebração de parcerias com entidades privadas sem fins lucrativos mediante chamamento público, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1223/2-_projeto_de_lei_no_043-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025 no valor de R$ R$ 103.000,00 (cento e três mil reais).</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no_044-2025_-_processo_completo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de um Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025, no valor de  R$ 1.407.126,27 (um milhão, quatrocentos e sete mil, cento e vinte e seis reais e vinte e sete centavos.</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1247/1-_projeto_de_lei_45-2025_-_completo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Incentivo ao Esporte no âmbito do Município de Saudade do Iguaçu e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no_046-2025_-_processo_completo.pdf</t>
+  </si>
+  <si>
+    <t>Atualiza e amplia a Lei Municipal nº 590/2011, autoriza a desafetação, regularização e transferência definitiva dos imóveis concedidos para fins habitacionais pelo Município de Saudade do Iguaçu e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_47-2025_-_processo_completo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de um Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025, no valor de R$ 328.000,00 (trezentos e vinte e oito mil reais).</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1245/01-_projeto_de_lei_no_048-2025_-_completo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de 2025, no valor de R$ 220.000,00 (duzentos e vinte mil reais).</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1255/pl_49-2025_-_completo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Fundo Municipal dos Direitos da Pessoa com Deficiência – FMDPD, e dá outras providências.</t>
+  </si>
+  <si>
     <t>986</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer a realização de auditoria nas Secretarias Municipais de Viação, Obras e Urbanismo e Indústria, Comércio e Turismo de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>DELCI BAZZANELLA NATH, DIEGO TRINDADE, EDELVAN LAZARE, JOÃO PEDRO HARTMANN, LAUDEMIR PIONTKOSKI - CARECONE</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_02-2025.pdf</t>
@@ -633,50 +765,68 @@
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_no_11-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja oficiado ao Secretário Municipal de Indústria, Comércio e Turismo, solicitando informações acerca dos motivos pelos quais ainda não foram iniciados os trâmites legais para a cessão de uso dos barracões industriais localizados junto ao Parque Industrial, os quais se encontram concluídos e aptos para utilização.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que a Administração Municipal priorize, com máxima urgência, a construção de abrigos em todos os pontos de ônibus escolares, tanto na área urbana quanto no interior do município, garantindo a segurança, o bem-estar e a proteção das crianças e adolescentes que utilizam diariamente o transporte escolar.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Solicita cópia integral de todos os contratos, aditivos, termos de parceria e demais instrumentos jurídicos firmados com empresas vinculados ao Programa Municipal de Fomento Exclusivo para Microempreendedores Individuais (MEI), Microempresas (ME) e Empresas de Pequeno Porte (EPP).</t>
   </si>
   <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_no_14-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações sobre a situação do prédio da Escola Municipal Pequeno Anjo, atualmente interditado.</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_no_15-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações acerca da ausência de responsáveis municipais designados para atendimento das demandas relacionadas ao INCRA – Instituto Nacional de Colonização e Reforma Agrária.</t>
+  </si>
+  <si>
     <t>976</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DIEGO TRINDADE</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_no_01-2025.pdf</t>
   </si>
   <si>
     <t>“Indica a revitalização das calçadas existentes no perímetro urbano de Linha Urutu, com a devida atenção às condições de acessibilidade e segurança dos pedestres.”</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_no_02-2025.pdf</t>
   </si>
   <si>
     <t>“Indica a realização de estudos para a disponibilização de professor auxiliar nas salas de aula que contem com alunos diagnosticados com Transtorno do Espectro Autista (TEA).”</t>
@@ -1002,173 +1152,140 @@
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu instale detectores de metais nas portarias de entrada de todos os estabelecimentos escolares do município."</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_37-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu realize a instalação de um parquinho infantil (playground) na comunidade de Linha Urutu."</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_no_38-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu tome providências junto à Sanepar para o fornecimento de água potável para os moradores da comunidade de Linha Queixinho."</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>39</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_39-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu providencie a sinalização viária das ruas localizadas no perímetro urbano da comunidade de Linha Urutu."</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_no_40-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que o Município de Saudade do Iguaçu providencie a pavimentação asfáltica da Rodovia Lurdes Moreira, localizada na Linha Biguá, até a interseção com a BR-158.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_41-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município de Saudade do Iguaçu adote providências junto à Companhia de Saneamento do Paraná (SANEPAR), visando solucionar as constantes faltas de água que afetam a população.”</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_42-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município de Saudade do Iguaçu providencie a reforma estrutural completa da Escola Municipal Padre Felipe.”</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_43-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município providencie, com urgência, a construção de uma área de escape nas margens da BR-158, na altura da entrada que dá acesso à Fazendinha, na comunidade de Nossa Senhora Aparecida.”</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_no_44-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município realize estudos técnicos para a implantação de uma Estação de Tratamento de Água (ETA) na comunidade de Alto Santa Rosa.”</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_no_45-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município, por meio da Secretaria Municipal de Agricultura, promova um levantamento técnico detalhado das propriedades produtoras de leite do município.”</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_no_46-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município realize reparos e melhorias na iluminação pública da Praça da Prefeitura Municipal, com atenção especial à área do playground.”</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>47</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/indicacao_no_47-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que o Município restabeleça os plantões veterinários junto à Secretaria Municipal de Agricultura nos finais de semana e feriados.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_no_48-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal a retomada do Programa PACOTE AGRÍCOLA DE INVERNO, instituído pela Lei Municipal nº 1238, de 04 de dezembro de 2018."</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_no_49-2025.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal a realização de reforma estrutural no Posto de Saúde da Linha Urutu para viabilizar sua reabertura, bem como a reforma da cobertura do Centro de Saúde na sede do Município.”</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_no_50-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal a realização de reforma completa do Ginásio de Esportes São Silvestre, a fim de melhorar as condições de uso e promover a segurança e o bem-estar dos frequentadores."</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_no_51-2025.pdf</t>
@@ -1890,50 +2007,131 @@
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_112-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a disponibilização da oficina mecânica municipal, bem como dos profissionais mecânicos do quadro do Município, para atender, de forma organizada e mediante cronograma, às associações de agricultores de Saudade do Iguaçu, prestando suporte em eventuais reparos no maquinário e nos implementos agrícolas de uso coletivo. Ressalta-se que as peças e materiais necessários às manutenções serão de responsabilidade das próprias associações, cabendo ao Município apenas a mão de obra e a estrutura da oficina.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/indicacao_no_113-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a instalação de um redutor de velocidade (quebra-molas) na Avenida Iguaçu, no trecho compreendido entre as ruas Armin Matte e Victor Cenci, no perímetro urbano de Saudade do Iguaçu, na pista de rolamento sentido Coasul – Centro.</t>
   </si>
   <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_114-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a execução de serviços de revitalização das ruas e das calçadas da Comunidade de Linha Urutu, visando à melhoria da infraestrutura urbana e da segurança dos moradores e transeuntes.</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_115-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a retomada do Festival “Canta Saudade”, evento cultural tradicional de Saudade do Iguaçu, voltado exclusivamente à participação de artistas locais, com o objetivo de valorizar e incentivar os talentos musicais do próprio município.</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/indicacao_no_116-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a criação de um programa municipal de subsídio para os produtores rurais, destinado a cobrir 30% do custo das horas-máquina utilizadas na colheita da silagem, com vistas a apoiar a bovinocultura leiteira e garantir a sustentabilidade da produção rural no município.</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_117-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes da Administração a instalação de um redutor de velocidade (quebra-molas) na Rua Jacinto Mendes, em frente à Associação da Água da Comunidade de Linha Urutu, neste município.</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_118-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização de estudos técnicos, ćnanceiros e administrativos visando à aquisição de um caminhão Munck para utilização pela Secretaria Municipal de Viação e Obras.</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que determine, com a maior brevidade possível, a elaboração e implementação da regulamentação municipal da Lei Federal nº 15.250/2025, que dispõe sobre a atividade de Condutor de Ambulância.</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_120-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que realize estudos técnicos e orçamentários visando à instalação de um playground infantil na comunidade de Linha Urutu.</t>
+  </si>
+  <si>
     <t>1132</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_01-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação das contas do Poder Executivo de Saudade do Iguaçu/PR, referente ao exercício financeiro de 2023 de responsabilidade de Darlei Trento”.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
@@ -2064,50 +2262,80 @@
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/pll_10-2025_-_up_sindicato.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o Sindicato dos Trabalhadores Rurais de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_legislativo_11-2025_-_homemagen_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>Institui homenagem ao servidor público municipal aposentado do Município de Saudade do Iguaçu – PR., e dá outras providências.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_legislativo_12-2025_-_dispoe_sobre_a_obrigatoriedade_cameras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da instalação de câmeras de monitoramento nas salas de aula de todas as unidades de ensino da rede municipal e dá outras providências.</t>
   </si>
   <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/02-_projeto_de_lei_legislativo_no_13-2025_-_processo_completo.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece a obrigatoriedade de publicação das listas de pacientes que aguardam atendimento para consultas com médicos especialistas, exames e procedimentos cirúrgicos na rede pública de saúde do Município de Saudade do Iguaçu – PR, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_legislativo_no_014-2025_-_processo_completo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade da presença de equipe de saúde e ambulância em todos os eventos esportivos, culturais e de recreação promovidos, organizados, realizados ou apoiados pelo Município de Saudade do Iguaçu, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>ALEXANDRO BETT - ALEX, DELCI BAZZANELLA NATH, DIEGO TRINDADE, DIVONEI PANIZZON, EDELVAN LAZARE, EMERSON MARTIGNAGO, JOÃO PEDRO HARTMANN, LAUDEMIR PIONTKOSKI - CARECONE, VALDIR BAGESTON DE RAMOS - DEGO</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_legislativo_no_015-2025_-_processo_completo.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece a União de Câmaras, Vereadores e Gestores Públicos do Paraná – UVEPAR como entidade representativa da Câmara Municipal de Vereadores de Saudade do Iguaçu/PR e dá outras providências.</t>
+  </si>
+  <si>
     <t>975</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CE - COMISSÃO ESPECIAL</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/975/04-_parecer_da_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei 01/2025.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/995/02-_parecer_favoravel.pdf</t>
@@ -2508,65 +2736,248 @@
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_45-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 034/2025.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_46-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 035/2025.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/parecer_47-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 037/2025.</t>
   </si>
   <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/parecer_48-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento, favorável à aprovação do Projeto de Lei Nº 038/2025.</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/parecer_49-2025_-_rejeicao_do_veto.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição e Justiça pela rejeição da Mensagem de Veto Nº 02/2025, que veta totalmente o Projeto de Lei Nº 031/2025 na forma do Substitutivo Nº 02/2025.</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/parecer_50-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 039/2025.</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1221/parecer_51-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 041/2025.</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1222/parecer_52-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Legislarivo Nº 013/2025.</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1228/parecer_53-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 043/2025.</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social, favorável à aprovação do Projeto de Lei Legislativo 014/2025.</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Legislativo Nº 015/2025.</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 044/2025</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 046/2025.</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1242/parecer_59-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 047/2025.</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1243/parecer_60-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 036/2025, com Emenda Modificativa Nº 01/2025 e Emenda Supressiva Nº 02/2025..</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1250/parecer_61-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 045/2025, com a Emenda Modificativa Nº 02/2025.</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer_62-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 048/2025</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_63-2025_-_veto.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição e Justiça contrário à Mensagem de Veto Nº 03/2025.</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_64-2025.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, DE FINANÇAS E ORÇAMENTOS E DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 049/2025.</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_65-2025_-_veto.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição e Justiça contrário à aprovação da Mensagem de Veto Nº 04/2025.</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_66-2025_-_veto.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição e Justiça pela Rejeição da Mensagem de Veto Nº 05/2025.</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1238/emenda_modificativa_01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação dos Arts. 4º e 7º do Projeto de Lei 036/2025.</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1248/emenda_modificativa_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera os arts. 19 e 22 do Projeto de Lei nº 045/2025.</t>
+  </si>
+  <si>
     <t>1128</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/emenda_supressiva_no_01-2025_ao_plc_01-2025.pdf</t>
   </si>
   <si>
     <t>Suprime os incisos I e II do artigo 2º do  Projeto de Lei Complementar Nº 01/2025.</t>
   </si>
   <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1239/emenda_supressiva_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Suprime dotação orçamentária de Ressarcimento de Despesas de Pessoal Requisitado e realoca para Vencimentos e Vantagens Fixas do Pessoal Civil no Projeto de Lei Nº 036/2025.</t>
+  </si>
+  <si>
     <t>1088</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/substitutivo_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Substitui o texto original do Projeto de Lei Nº 012/2025 que altera a nomenclatura do Conselho Municipal de Meio Ambiente – CMA e do Fundo Municipal de Meio Ambiente – FMA de Saudade do Iguaçu, bem como altera a Lei nº 504/2009, e dá outras providências.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/4-_substitutivo__02-2025_-_projeto_de_lei_31-2025.pdf</t>
   </si>
   <si>
     <t>Subistitui o texto original do Projeto de Lei Nº 031/2025.</t>
   </si>
   <si>
     <t>1145</t>
@@ -2580,78 +2991,121 @@
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/04-_oficio_solicitando_a_tramitacao_em_regime_de_urgencia_do_projeto_de_lei_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Ofício nº 1- 065/2025, do Prefeito Municipal solicitando a tramitação em Regime de Urgência do Projeto de Lei Nº 018/2025, pelo motivo de que a administração municipal tem um prazo de 90 dias a contar da data de 06/06/2025 para formalizar a contratação da aquisição do ônibus escolar (conforme Autorização nº. 1265/2025 CGCOM/DIRAD/FNDE em anexo), e para tanto, necessitamos que a aprovação da suplementação orçamentária prevista no referido projeto de lei ocorra antes do período de recesso parlamentar.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/01-_projeto_de_lei_no_022-2025_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Ofício 070/2025, de autoria do Prefeito Municipal encaminhando para a apreciação em regime de urgência o Projeto de Lei Nº 022/2025 que Autoriza a abertura de um Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o exercício financeiro de 2025 no valor de R$ 3.850.635,24 (três milhões, oitocentos e cinquenta mil, seiscentos e trinta e cinco reais e vinte e quatro centavos).</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>ALEXANDRO BETT - ALEX, DELCI BAZZANELLA NATH, DIEGO TRINDADE, DIVONEI PANIZZON, EDELVAN LAZARE, EMERSON MARTIGNAGO, JOÃO PEDRO HARTMANN, LAUDEMIR PIONTKOSKI - CARECONE, VALDIR BAGESTON DE RAMOS - DEGO</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_repudio_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à Ação Direta de Inconstitucionalidade Nº 7796, ajuizada pela Federação Brasileira das Associações de Síndrome de Dawn, e de apoio à manutenção das Escolas Especializadas de Educação Especial.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Moção de Apelo em defesa da produção nacional de leite, requerendo medidas de proteção aos produtores e equilíbrio nos preços do setor.</t>
   </si>
   <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/mocao_no_03-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Repúdio ao Decreto nº 12.686/2025 e de Apoio ao Projeto de Decreto Legislativo nº 845/2025, em defesa da educação inclusiva e do atendimento especializado prestado pelas APAEs.</t>
+  </si>
+  <si>
     <t>1046</t>
   </si>
   <si>
     <t>MVT</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO</t>
   </si>
   <si>
     <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_de_veto_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Veta  os §2º e § 3º do Art. 2º e o Art. 3º  do Projeto de Lei Legislativo 003/2025.</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/7-_mensagem_de_veto_no_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>VETO TOTAL AO PROJETO DE PROJETO DE LEI Nº 031/2025, NA FORMA DO SUBSTITUTIVO Nº 02/2025.</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1249/mensagem_de_veto_ao_projeto_de_lei_legislativo_no_013-2025.pdf</t>
+  </si>
+  <si>
+    <t>Veta integralmente o PROJETO DE LEI LEGISLATIVO Nº 13/2025.</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1253/mensagem_de_veto_no_04-2025.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM DE VETO 04/2025 de autoria do Chefe do Poder Executivo que veta integralmente as Emendas Modificativa nº 01/2025 e Supressiva nº 02/2025, relativas ao Projeto de Lei nº 036/2025, que dispõe sobre a Lei Orçamentária Anual do Município para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1254/mensagem_de_veto_05-2025.pdf</t>
+  </si>
+  <si>
+    <t>Veta integralmente o Projeto de Lei Legislativo nº 14, de 11 de novembro de 2025, de autoria do Vereador Edelvan Lazare, que “Dispõe sobre a_x000D_
+obrigatoriedade da presença de equipe de saúde e ambulância em todos os eventos esportivos, culturais e de recreação promovidos, organizados, realizados ou apoiados pelo Município de Saudade do Iguaçu, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2955,56 +3409,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/974/01-_projeto_de_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/988/01-_projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/994/01-_projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/01-_projeto_de_lei_04-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/01-_projeto_de_lei_07-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/03-_projeto_de_lei_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/03-_projeto_de_lei_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/01-_projeto_de_lei_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/01-_projeto_de_lei_no_0132025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/01-_pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/01-_projeto_de_lei_no_015-2025_-_abertura_de_credit.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/01-_projeto_de_lei_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/01-_projeto_de_lei_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/01-_projeto_de_lei_no_018-2025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/processo_completo_pl_19-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/processo_completo_-_projeto_de_lei_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/processo_completo_-_pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/processo_completo_-_pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/processo_completo_-_projeto_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/processo_completo_-_projeto_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/processo_completo_-_projeto_de_lei_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/processo_completo_-_pl_27-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/processo_completo_-_projeto_de_lei_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/processo_completo_do_pl_29-2025_-_ldo_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/processo_completo_do_pl_30-2025_-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/processo_completo_-__pl_31-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/pl_32-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/01-_projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/processo_completo_-__pl_34-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/processo_completo_-__pl_35-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_no_036-2025_-_loa-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/01-_projeto_de_lei_037_2025_suplem_diversas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/01-_pl_38-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/requerimento_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/requerimento_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/indicacao_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/indicacao_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/indicacao_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/indicacao_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_no_74-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_no_75-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_76-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_78-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_79-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_80-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_no_82-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_no_83-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_no_93-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/indicacao_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/indicacao_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/01-_projeto_de_lei_complementar_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/01-_projeto_de_lei_complementar_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/proposta_de_emenda_a_lom_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/981/01-_projeto_de_lei_legislativo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/980/01-_projeto_de_lei_legislativo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/987/pll_03_-2025_-_plotagem.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/999/pll_04-2025_alex_-_tea.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/pll_no_05-2025_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_legislativo_no_06-2025_-_jovem_aprendiz_-_joao_pedro_hartmann.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/pll_07-2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_legislativo_no_08-2025_-_servidor_pai_de_autista_-_emerson_martignago.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/pll_09-2025_-_brucelose.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/pll_10-2025_-_up_sindicato.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_legislativo_11-2025_-_homemagen_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_legislativo_12-2025_-_dispoe_sobre_a_obrigatoriedade_cameras.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/975/04-_parecer_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/995/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/996/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/997/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/998/03-_parecer_conjunto_favoravel.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/parecer_no_06-2025__-_pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_no_07-2025__-_pll_04-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_no_08-2025__-_pll_05-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_no_09-2025__-_pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/parecer_no_10-2025__-_pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/parecer_no_11-2025__-_emenda_lom_01-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/parecer_no_12-2025__-_parecer_pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/parecer_no_13-2025__-_veto__01-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/parecer_14-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/parecer_no_15-2025__-_pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_no_16-2025__-_pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/parecer_17-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/parecer_no_18-2025__-_pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_19-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_no_21-2025_-_pl_17.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/parecer_no_22-2025_-_plc_01.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_no_23-2025_-_plc_02.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/parecer_no_24-2025_-_ao_pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/parecer_no_25-2025_-_ao_pll_07-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_no_26-2025_-_ao_pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/parecer_no_27-2025_-_ao_pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/parecer_no_28-2025_-_ao_pl_20-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/parecer_no_29-2025_-_ao_pl_23-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/parecer_no_30-2025_-_ao_pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/parecer_no_31-2025_-_ao_pl_26-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/parecer_no_32-2025_-_ao_pl_28-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/parecer_no_33-2025_-_ao_pll_08-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/parecer_39-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_40-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/6-_parecer_41-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/12-_parecer_42-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/parecer_43-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/parecer_44-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_45-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_46-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/parecer_47-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/emenda_supressiva_no_01-2025_ao_plc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/substitutivo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/4-_substitutivo__02-2025_-_projeto_de_lei_31-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/04-_oficio_solicitando_a_tramitacao_em_regime_de_urgencia_do_projeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/01-_projeto_de_lei_no_022-2025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_repudio_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_de_veto_no_01-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/974/01-_projeto_de_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/988/01-_projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/994/01-_projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/01-_projeto_de_lei_04-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/01-_projeto_de_lei_07-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/03-_projeto_de_lei_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/03-_projeto_de_lei_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/01-_projeto_de_lei_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/01-_projeto_de_lei_no_0132025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/01-_pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/01-_projeto_de_lei_no_015-2025_-_abertura_de_credit.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/01-_projeto_de_lei_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/01-_projeto_de_lei_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/01-_projeto_de_lei_no_018-2025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/processo_completo_pl_19-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/processo_completo_-_projeto_de_lei_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/processo_completo_-_pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/processo_completo_-_pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/processo_completo_-_projeto_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/processo_completo_-_projeto_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/processo_completo_-_projeto_de_lei_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/processo_completo_-_pl_27-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/processo_completo_-_projeto_de_lei_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/processo_completo_do_pl_29-2025_-_ldo_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/processo_completo_do_pl_30-2025_-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/1-_pl_31-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/pl_32-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/01-_projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/processo_completo_-__pl_34-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/processo_completo_-__pl_35-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_36-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/processo_completo_-_projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/01-_pl_38-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/2-_projeto_de_lei_039_2025_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1230/01-_projeto_de_lei_40-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/01-_projeto_de_lei_41-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_42-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1223/2-_projeto_de_lei_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no_044-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1247/1-_projeto_de_lei_45-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no_046-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_47-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1245/01-_projeto_de_lei_no_048-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1255/pl_49-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/requerimento_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/requerimento_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/indicacao_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/indicacao_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/indicacao_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/indicacao_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_no_74-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_no_75-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_76-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_78-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_79-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_80-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_no_82-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_no_83-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_no_93-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/indicacao_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/indicacao_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/indicacao_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/01-_projeto_de_lei_complementar_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/01-_projeto_de_lei_complementar_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/proposta_de_emenda_a_lom_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/981/01-_projeto_de_lei_legislativo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/980/01-_projeto_de_lei_legislativo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/987/pll_03_-2025_-_plotagem.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/999/pll_04-2025_alex_-_tea.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/pll_no_05-2025_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_legislativo_no_06-2025_-_jovem_aprendiz_-_joao_pedro_hartmann.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/pll_07-2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_legislativo_no_08-2025_-_servidor_pai_de_autista_-_emerson_martignago.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/pll_09-2025_-_brucelose.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/pll_10-2025_-_up_sindicato.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_legislativo_11-2025_-_homemagen_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_legislativo_12-2025_-_dispoe_sobre_a_obrigatoriedade_cameras.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/02-_projeto_de_lei_legislativo_no_13-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_legislativo_no_014-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_legislativo_no_015-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/975/04-_parecer_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/995/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/996/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/997/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/998/03-_parecer_conjunto_favoravel.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/parecer_no_06-2025__-_pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_no_07-2025__-_pll_04-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_no_08-2025__-_pll_05-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_no_09-2025__-_pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/parecer_no_10-2025__-_pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/parecer_no_11-2025__-_emenda_lom_01-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/parecer_no_12-2025__-_parecer_pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/parecer_no_13-2025__-_veto__01-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/parecer_14-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/parecer_no_15-2025__-_pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_no_16-2025__-_pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/parecer_17-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/parecer_no_18-2025__-_pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_19-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_no_21-2025_-_pl_17.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/parecer_no_22-2025_-_plc_01.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_no_23-2025_-_plc_02.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/parecer_no_24-2025_-_ao_pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/parecer_no_25-2025_-_ao_pll_07-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_no_26-2025_-_ao_pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/parecer_no_27-2025_-_ao_pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/parecer_no_28-2025_-_ao_pl_20-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/parecer_no_29-2025_-_ao_pl_23-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/parecer_no_30-2025_-_ao_pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/parecer_no_31-2025_-_ao_pl_26-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/parecer_no_32-2025_-_ao_pl_28-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/parecer_no_33-2025_-_ao_pll_08-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/parecer_39-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_40-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/6-_parecer_41-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/12-_parecer_42-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/parecer_43-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/parecer_44-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_45-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_46-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/parecer_47-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/parecer_48-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/parecer_49-2025_-_rejeicao_do_veto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/parecer_50-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1221/parecer_51-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1222/parecer_52-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1228/parecer_53-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1242/parecer_59-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1243/parecer_60-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1250/parecer_61-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer_62-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_63-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_64-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_65-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_66-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1238/emenda_modificativa_01-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1248/emenda_modificativa_02-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/emenda_supressiva_no_01-2025_ao_plc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1239/emenda_supressiva_02-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/substitutivo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/4-_substitutivo__02-2025_-_projeto_de_lei_31-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/04-_oficio_solicitando_a_tramitacao_em_regime_de_urgencia_do_projeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/01-_projeto_de_lei_no_022-2025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_repudio_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/mocao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_de_veto_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/7-_mensagem_de_veto_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1249/mensagem_de_veto_ao_projeto_de_lei_legislativo_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1253/mensagem_de_veto_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1254/mensagem_de_veto_05-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H234"/>
+  <dimension ref="A1:H283"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="167.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3945,5162 +4399,6436 @@
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H37" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>157</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>158</v>
       </c>
       <c r="D38" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="F38" t="s">
+      <c r="H38" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B39" t="s">
-[...11 lines deleted...]
-      <c r="F39" t="s">
+      <c r="H39" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B40" t="s">
-[...11 lines deleted...]
-      <c r="F40" t="s">
+      <c r="H40" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>170</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="B41" t="s">
-[...11 lines deleted...]
-      <c r="F41" t="s">
+      <c r="H41" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>174</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="B42" t="s">
-[...14 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>177</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>178</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>181</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>182</v>
       </c>
-      <c r="B44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>183</v>
       </c>
       <c r="H44" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>185</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>41</v>
+        <v>186</v>
       </c>
       <c r="D45" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>186</v>
+        <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>187</v>
       </c>
       <c r="H45" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>189</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>45</v>
+        <v>190</v>
       </c>
       <c r="D46" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H46" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D47" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H47" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>197</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>49</v>
+        <v>198</v>
       </c>
       <c r="D48" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>198</v>
+        <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>199</v>
       </c>
       <c r="H48" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>201</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>158</v>
+        <v>202</v>
       </c>
       <c r="E49" t="s">
-        <v>159</v>
+        <v>203</v>
       </c>
       <c r="F49" t="s">
-        <v>164</v>
+        <v>204</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="H49" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="D50" t="s">
-        <v>158</v>
+        <v>202</v>
       </c>
       <c r="E50" t="s">
-        <v>159</v>
+        <v>203</v>
       </c>
       <c r="F50" t="s">
-        <v>164</v>
+        <v>208</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="H50" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D51" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E51" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F51" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H51" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D52" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E52" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F52" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="H52" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D53" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E53" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F53" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="H53" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D54" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E54" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F54" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="H54" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D55" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E55" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F55" t="s">
-        <v>160</v>
+        <v>223</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="H55" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D56" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E56" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F56" t="s">
-        <v>160</v>
+        <v>230</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H56" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D57" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E57" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F57" t="s">
-        <v>160</v>
+        <v>223</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H57" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>41</v>
+        <v>237</v>
       </c>
       <c r="D58" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E58" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F58" t="s">
-        <v>160</v>
+        <v>238</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="H58" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D59" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E59" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F59" t="s">
-        <v>210</v>
+        <v>242</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="H59" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>193</v>
+        <v>53</v>
       </c>
       <c r="D60" t="s">
+        <v>202</v>
+      </c>
+      <c r="E60" t="s">
+        <v>203</v>
+      </c>
+      <c r="F60" t="s">
         <v>208</v>
       </c>
-      <c r="E60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G60" s="1" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="H60" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D61" t="s">
+        <v>202</v>
+      </c>
+      <c r="E61" t="s">
+        <v>203</v>
+      </c>
+      <c r="F61" t="s">
         <v>208</v>
       </c>
-      <c r="E61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G61" s="1" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="H61" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D62" t="s">
+        <v>202</v>
+      </c>
+      <c r="E62" t="s">
+        <v>203</v>
+      </c>
+      <c r="F62" t="s">
         <v>208</v>
       </c>
-      <c r="E62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G62" s="1" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="H62" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="D63" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="E63" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F63" t="s">
-        <v>168</v>
+        <v>216</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="H63" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E64" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F64" t="s">
-        <v>168</v>
+        <v>260</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="H64" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="D65" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E65" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F65" t="s">
-        <v>172</v>
+        <v>260</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="H65" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="D66" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E66" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F66" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="H66" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="D67" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E67" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F67" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="H67" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="D68" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E68" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F68" t="s">
-        <v>256</v>
+        <v>204</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="H68" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="D69" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E69" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F69" t="s">
-        <v>266</v>
+        <v>204</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="H69" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>86</v>
+        <v>37</v>
       </c>
       <c r="D70" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E70" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F70" t="s">
-        <v>266</v>
+        <v>204</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="H70" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="D71" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E71" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F71" t="s">
-        <v>266</v>
+        <v>204</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="H71" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
       <c r="D72" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E72" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F72" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="H72" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>98</v>
+        <v>237</v>
       </c>
       <c r="D73" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E73" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F73" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="H73" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="D74" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E74" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F74" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="H74" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>286</v>
+        <v>53</v>
       </c>
       <c r="D75" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E75" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F75" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="H75" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>106</v>
+        <v>57</v>
       </c>
       <c r="D76" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E76" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F76" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="H76" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="D77" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E77" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F77" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="H77" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>114</v>
+        <v>65</v>
       </c>
       <c r="D78" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E78" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F78" t="s">
-        <v>168</v>
+        <v>216</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="H78" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="D79" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E79" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F79" t="s">
-        <v>256</v>
+        <v>306</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="H79" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>122</v>
+        <v>73</v>
       </c>
       <c r="D80" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E80" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F80" t="s">
-        <v>194</v>
+        <v>306</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="H80" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="D81" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E81" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F81" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="H81" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>130</v>
+        <v>81</v>
       </c>
       <c r="D82" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E82" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F82" t="s">
-        <v>168</v>
+        <v>316</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="H82" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>134</v>
+        <v>86</v>
       </c>
       <c r="D83" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E83" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F83" t="s">
-        <v>160</v>
+        <v>316</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="H83" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>138</v>
+        <v>90</v>
       </c>
       <c r="D84" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E84" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F84" t="s">
-        <v>160</v>
+        <v>316</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="H84" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="D85" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E85" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F85" t="s">
-        <v>160</v>
+        <v>316</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="H85" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>146</v>
+        <v>98</v>
       </c>
       <c r="D86" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E86" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F86" t="s">
-        <v>160</v>
+        <v>329</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="H86" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="D87" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E87" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F87" t="s">
-        <v>266</v>
+        <v>329</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="H87" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>154</v>
+        <v>336</v>
       </c>
       <c r="D88" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E88" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F88" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="H88" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>330</v>
+        <v>106</v>
       </c>
       <c r="D89" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E89" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F89" t="s">
-        <v>266</v>
+        <v>216</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="H89" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>334</v>
+        <v>110</v>
       </c>
       <c r="D90" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E90" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F90" t="s">
-        <v>279</v>
+        <v>216</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="H90" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>338</v>
+        <v>114</v>
       </c>
       <c r="D91" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E91" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F91" t="s">
-        <v>160</v>
+        <v>212</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="H91" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>342</v>
+        <v>118</v>
       </c>
       <c r="D92" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E92" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F92" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>346</v>
+        <v>122</v>
       </c>
       <c r="D93" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E93" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F93" t="s">
-        <v>172</v>
+        <v>238</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="H93" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>350</v>
+        <v>126</v>
       </c>
       <c r="D94" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E94" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F94" t="s">
-        <v>172</v>
+        <v>355</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="H94" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>354</v>
+        <v>130</v>
       </c>
       <c r="D95" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E95" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F95" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="H95" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>358</v>
+        <v>134</v>
       </c>
       <c r="D96" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E96" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F96" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H96" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>362</v>
+        <v>138</v>
       </c>
       <c r="D97" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E97" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F97" t="s">
-        <v>164</v>
+        <v>204</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="H97" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>366</v>
+        <v>142</v>
       </c>
       <c r="D98" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E98" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F98" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H98" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>370</v>
+        <v>146</v>
       </c>
       <c r="D99" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E99" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F99" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>371</v>
       </c>
       <c r="H99" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>373</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
+        <v>150</v>
+      </c>
+      <c r="D100" t="s">
+        <v>258</v>
+      </c>
+      <c r="E100" t="s">
+        <v>259</v>
+      </c>
+      <c r="F100" t="s">
+        <v>316</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="D100" t="s">
-[...8 lines deleted...]
-      <c r="G100" s="1" t="s">
+      <c r="H100" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>376</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>154</v>
+      </c>
+      <c r="D101" t="s">
+        <v>258</v>
+      </c>
+      <c r="E101" t="s">
+        <v>259</v>
+      </c>
+      <c r="F101" t="s">
+        <v>204</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="H101" t="s">
         <v>378</v>
-      </c>
-[...13 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>379</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>158</v>
+      </c>
+      <c r="D102" t="s">
+        <v>258</v>
+      </c>
+      <c r="E102" t="s">
+        <v>259</v>
+      </c>
+      <c r="F102" t="s">
+        <v>316</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H102" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>386</v>
+        <v>162</v>
       </c>
       <c r="D103" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E103" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F103" t="s">
-        <v>266</v>
+        <v>329</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="H103" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>390</v>
+        <v>166</v>
       </c>
       <c r="D104" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E104" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F104" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="H104" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>394</v>
+        <v>170</v>
       </c>
       <c r="D105" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E105" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F105" t="s">
-        <v>160</v>
+        <v>355</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="H105" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>398</v>
+        <v>174</v>
       </c>
       <c r="D106" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E106" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F106" t="s">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="H106" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>402</v>
+        <v>178</v>
       </c>
       <c r="D107" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E107" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F107" t="s">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="H107" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>406</v>
+        <v>182</v>
       </c>
       <c r="D108" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E108" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F108" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="H108" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>410</v>
+        <v>186</v>
       </c>
       <c r="D109" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E109" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F109" t="s">
-        <v>256</v>
+        <v>216</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="H109" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>414</v>
+        <v>190</v>
       </c>
       <c r="D110" t="s">
+        <v>258</v>
+      </c>
+      <c r="E110" t="s">
+        <v>259</v>
+      </c>
+      <c r="F110" t="s">
         <v>208</v>
       </c>
-      <c r="E110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G110" s="1" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
       <c r="H110" t="s">
-        <v>416</v>
+        <v>405</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>418</v>
+        <v>194</v>
       </c>
       <c r="D111" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E111" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F111" t="s">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>419</v>
+        <v>407</v>
       </c>
       <c r="H111" t="s">
-        <v>420</v>
+        <v>408</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>422</v>
+        <v>198</v>
       </c>
       <c r="D112" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E112" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F112" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="H112" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="D113" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E113" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F113" t="s">
-        <v>266</v>
+        <v>355</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="H113" t="s">
-        <v>428</v>
+        <v>415</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>429</v>
+        <v>416</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
       <c r="D114" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E114" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F114" t="s">
-        <v>256</v>
+        <v>355</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>431</v>
+        <v>418</v>
       </c>
       <c r="H114" t="s">
-        <v>432</v>
+        <v>419</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>433</v>
+        <v>420</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>434</v>
+        <v>421</v>
       </c>
       <c r="D115" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E115" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F115" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>435</v>
+        <v>422</v>
       </c>
       <c r="H115" t="s">
-        <v>436</v>
+        <v>423</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
       <c r="D116" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E116" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F116" t="s">
-        <v>210</v>
+        <v>316</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="H116" t="s">
-        <v>440</v>
+        <v>427</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>442</v>
+        <v>429</v>
       </c>
       <c r="D117" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E117" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F117" t="s">
-        <v>256</v>
+        <v>216</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>443</v>
+        <v>430</v>
       </c>
       <c r="H117" t="s">
-        <v>444</v>
+        <v>431</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>445</v>
+        <v>432</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>446</v>
+        <v>433</v>
       </c>
       <c r="D118" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E118" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F118" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="H118" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>449</v>
+        <v>436</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="D119" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E119" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F119" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>451</v>
+        <v>438</v>
       </c>
       <c r="H119" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>453</v>
+        <v>440</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
       <c r="D120" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E120" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F120" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>180</v>
+        <v>442</v>
       </c>
       <c r="H120" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="D121" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E121" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F121" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="H121" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>460</v>
+        <v>448</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>461</v>
+        <v>449</v>
       </c>
       <c r="D122" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E122" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F122" t="s">
-        <v>266</v>
+        <v>306</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="H122" t="s">
-        <v>463</v>
+        <v>451</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="D123" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E123" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F123" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>466</v>
+        <v>454</v>
       </c>
       <c r="H123" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>469</v>
+        <v>457</v>
       </c>
       <c r="D124" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E124" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F124" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>470</v>
+        <v>458</v>
       </c>
       <c r="H124" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="D125" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E125" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F125" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="H125" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>477</v>
+        <v>465</v>
       </c>
       <c r="D126" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E126" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F126" t="s">
-        <v>164</v>
+        <v>316</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>478</v>
+        <v>466</v>
       </c>
       <c r="H126" t="s">
-        <v>479</v>
+        <v>467</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="D127" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E127" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F127" t="s">
-        <v>210</v>
+        <v>306</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="H127" t="s">
-        <v>483</v>
+        <v>471</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>485</v>
+        <v>473</v>
       </c>
       <c r="D128" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E128" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F128" t="s">
-        <v>179</v>
+        <v>355</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>486</v>
+        <v>474</v>
       </c>
       <c r="H128" t="s">
-        <v>487</v>
+        <v>475</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>488</v>
+        <v>476</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>489</v>
+        <v>477</v>
       </c>
       <c r="D129" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E129" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F129" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>490</v>
+        <v>478</v>
       </c>
       <c r="H129" t="s">
-        <v>491</v>
+        <v>479</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>492</v>
+        <v>480</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>493</v>
+        <v>481</v>
       </c>
       <c r="D130" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E130" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F130" t="s">
-        <v>168</v>
+        <v>306</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>494</v>
+        <v>482</v>
       </c>
       <c r="H130" t="s">
-        <v>495</v>
+        <v>483</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>496</v>
+        <v>484</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>497</v>
+        <v>485</v>
       </c>
       <c r="D131" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E131" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F131" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="H131" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>500</v>
+        <v>488</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
       <c r="D132" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E132" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F132" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="H132" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="D133" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E133" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F133" t="s">
-        <v>506</v>
+        <v>223</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>507</v>
+        <v>224</v>
       </c>
       <c r="H133" t="s">
-        <v>508</v>
+        <v>494</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>509</v>
+        <v>495</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>510</v>
+        <v>496</v>
       </c>
       <c r="D134" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E134" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F134" t="s">
-        <v>266</v>
+        <v>316</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>511</v>
+        <v>497</v>
       </c>
       <c r="H134" t="s">
-        <v>512</v>
+        <v>498</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>513</v>
+        <v>499</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>514</v>
+        <v>500</v>
       </c>
       <c r="D135" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E135" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F135" t="s">
-        <v>256</v>
+        <v>316</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>515</v>
+        <v>501</v>
       </c>
       <c r="H135" t="s">
-        <v>516</v>
+        <v>502</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>517</v>
+        <v>503</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>518</v>
+        <v>504</v>
       </c>
       <c r="D136" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E136" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F136" t="s">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>519</v>
+        <v>505</v>
       </c>
       <c r="H136" t="s">
-        <v>520</v>
+        <v>506</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>521</v>
+        <v>507</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>522</v>
+        <v>508</v>
       </c>
       <c r="D137" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E137" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F137" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>180</v>
+        <v>509</v>
       </c>
       <c r="H137" t="s">
-        <v>523</v>
+        <v>510</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>524</v>
+        <v>511</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>525</v>
+        <v>512</v>
       </c>
       <c r="D138" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E138" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F138" t="s">
-        <v>168</v>
+        <v>204</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>526</v>
+        <v>513</v>
       </c>
       <c r="H138" t="s">
-        <v>527</v>
+        <v>514</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>528</v>
+        <v>515</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>529</v>
+        <v>516</v>
       </c>
       <c r="D139" t="s">
+        <v>258</v>
+      </c>
+      <c r="E139" t="s">
+        <v>259</v>
+      </c>
+      <c r="F139" t="s">
         <v>208</v>
       </c>
-      <c r="E139" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G139" s="1" t="s">
-        <v>530</v>
+        <v>517</v>
       </c>
       <c r="H139" t="s">
-        <v>531</v>
+        <v>518</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>532</v>
+        <v>519</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>533</v>
+        <v>520</v>
       </c>
       <c r="D140" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E140" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F140" t="s">
-        <v>506</v>
+        <v>260</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>180</v>
+        <v>521</v>
       </c>
       <c r="H140" t="s">
-        <v>534</v>
+        <v>522</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>535</v>
+        <v>523</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>536</v>
+        <v>524</v>
       </c>
       <c r="D141" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E141" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F141" t="s">
-        <v>279</v>
+        <v>223</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>180</v>
+        <v>525</v>
       </c>
       <c r="H141" t="s">
-        <v>537</v>
+        <v>526</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>538</v>
+        <v>527</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="D142" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E142" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F142" t="s">
-        <v>160</v>
+        <v>306</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="H142" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>543</v>
+        <v>532</v>
       </c>
       <c r="D143" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E143" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F143" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
       <c r="H143" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="D144" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E144" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F144" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="H144" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>550</v>
+        <v>539</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="D145" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E145" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F145" t="s">
-        <v>210</v>
+        <v>329</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="H145" t="s">
-        <v>553</v>
+        <v>542</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="D146" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E146" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F146" t="s">
-        <v>179</v>
+        <v>545</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="H146" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="D147" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E147" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F147" t="s">
-        <v>160</v>
+        <v>316</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="H147" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="D148" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E148" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F148" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="H148" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="D149" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E149" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F149" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="H149" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="D150" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E150" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F150" t="s">
-        <v>160</v>
+        <v>223</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>572</v>
+        <v>224</v>
       </c>
       <c r="H150" t="s">
-        <v>573</v>
+        <v>562</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>574</v>
+        <v>563</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>575</v>
+        <v>564</v>
       </c>
       <c r="D151" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E151" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F151" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="H151" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>578</v>
+        <v>567</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>579</v>
+        <v>568</v>
       </c>
       <c r="D152" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E152" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F152" t="s">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>580</v>
+        <v>569</v>
       </c>
       <c r="H152" t="s">
-        <v>581</v>
+        <v>570</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>582</v>
+        <v>571</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>583</v>
+        <v>572</v>
       </c>
       <c r="D153" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E153" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F153" t="s">
-        <v>210</v>
+        <v>545</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="H153" t="s">
-        <v>585</v>
+        <v>573</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>586</v>
+        <v>574</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>587</v>
+        <v>575</v>
       </c>
       <c r="D154" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E154" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F154" t="s">
-        <v>210</v>
+        <v>329</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>588</v>
+        <v>224</v>
       </c>
       <c r="H154" t="s">
-        <v>589</v>
+        <v>576</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>590</v>
+        <v>577</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>591</v>
+        <v>578</v>
       </c>
       <c r="D155" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E155" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F155" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>592</v>
+        <v>579</v>
       </c>
       <c r="H155" t="s">
-        <v>593</v>
+        <v>580</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>594</v>
+        <v>581</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>595</v>
+        <v>582</v>
       </c>
       <c r="D156" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E156" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F156" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>596</v>
+        <v>583</v>
       </c>
       <c r="H156" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>598</v>
+        <v>585</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>599</v>
+        <v>586</v>
       </c>
       <c r="D157" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E157" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F157" t="s">
-        <v>168</v>
+        <v>316</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>600</v>
+        <v>587</v>
       </c>
       <c r="H157" t="s">
-        <v>601</v>
+        <v>588</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>603</v>
+        <v>590</v>
       </c>
       <c r="D158" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E158" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F158" t="s">
-        <v>172</v>
+        <v>260</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="H158" t="s">
-        <v>605</v>
+        <v>592</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>606</v>
+        <v>593</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="D159" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E159" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F159" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="H159" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="D160" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E160" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F160" t="s">
-        <v>168</v>
+        <v>204</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>612</v>
+        <v>599</v>
       </c>
       <c r="H160" t="s">
-        <v>613</v>
+        <v>600</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>614</v>
+        <v>601</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>615</v>
+        <v>602</v>
       </c>
       <c r="D161" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E161" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F161" t="s">
-        <v>172</v>
+        <v>355</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
       <c r="H161" t="s">
-        <v>617</v>
+        <v>604</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>618</v>
+        <v>605</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>619</v>
+        <v>606</v>
       </c>
       <c r="D162" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E162" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F162" t="s">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>620</v>
+        <v>607</v>
       </c>
       <c r="H162" t="s">
-        <v>621</v>
+        <v>608</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>622</v>
+        <v>609</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="D163" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="E163" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="F163" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="H163" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>626</v>
+        <v>613</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>10</v>
+        <v>614</v>
       </c>
       <c r="D164" t="s">
-        <v>627</v>
+        <v>258</v>
       </c>
       <c r="E164" t="s">
-        <v>628</v>
+        <v>259</v>
       </c>
       <c r="F164" t="s">
-        <v>629</v>
+        <v>260</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>630</v>
+        <v>615</v>
       </c>
       <c r="H164" t="s">
-        <v>631</v>
+        <v>616</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>632</v>
+        <v>617</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>10</v>
+        <v>618</v>
       </c>
       <c r="D165" t="s">
-        <v>633</v>
+        <v>258</v>
       </c>
       <c r="E165" t="s">
-        <v>634</v>
+        <v>259</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>204</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>635</v>
+        <v>619</v>
       </c>
       <c r="H165" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>637</v>
+        <v>621</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>17</v>
+        <v>622</v>
       </c>
       <c r="D166" t="s">
-        <v>633</v>
+        <v>258</v>
       </c>
       <c r="E166" t="s">
-        <v>634</v>
+        <v>259</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>260</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>638</v>
+        <v>623</v>
       </c>
       <c r="H166" t="s">
-        <v>639</v>
+        <v>624</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>640</v>
+        <v>625</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>10</v>
+        <v>626</v>
       </c>
       <c r="D167" t="s">
-        <v>641</v>
+        <v>258</v>
       </c>
       <c r="E167" t="s">
-        <v>642</v>
+        <v>259</v>
       </c>
       <c r="F167" t="s">
-        <v>643</v>
+        <v>260</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>644</v>
+        <v>627</v>
       </c>
       <c r="H167" t="s">
-        <v>645</v>
+        <v>628</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>646</v>
+        <v>629</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>10</v>
+        <v>630</v>
       </c>
       <c r="D168" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E168" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F168" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>649</v>
+        <v>631</v>
       </c>
       <c r="H168" t="s">
-        <v>650</v>
+        <v>632</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>651</v>
+        <v>633</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>17</v>
+        <v>634</v>
       </c>
       <c r="D169" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E169" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F169" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>652</v>
+        <v>635</v>
       </c>
       <c r="H169" t="s">
-        <v>653</v>
+        <v>636</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>654</v>
+        <v>637</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>21</v>
+        <v>638</v>
       </c>
       <c r="D170" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E170" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F170" t="s">
-        <v>179</v>
+        <v>212</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>655</v>
+        <v>639</v>
       </c>
       <c r="H170" t="s">
-        <v>656</v>
+        <v>640</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>25</v>
+        <v>642</v>
       </c>
       <c r="D171" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E171" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F171" t="s">
-        <v>266</v>
+        <v>216</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>658</v>
+        <v>643</v>
       </c>
       <c r="H171" t="s">
-        <v>659</v>
+        <v>644</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>660</v>
+        <v>645</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>29</v>
+        <v>646</v>
       </c>
       <c r="D172" t="s">
+        <v>258</v>
+      </c>
+      <c r="E172" t="s">
+        <v>259</v>
+      </c>
+      <c r="F172" t="s">
+        <v>260</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="E172" t="s">
+      <c r="H172" t="s">
         <v>648</v>
-      </c>
-[...7 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>663</v>
+        <v>649</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>33</v>
+        <v>650</v>
       </c>
       <c r="D173" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E173" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F173" t="s">
-        <v>179</v>
+        <v>212</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>664</v>
+        <v>651</v>
       </c>
       <c r="H173" t="s">
-        <v>665</v>
+        <v>652</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>666</v>
+        <v>653</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>37</v>
+        <v>654</v>
       </c>
       <c r="D174" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E174" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F174" t="s">
-        <v>266</v>
+        <v>216</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
       <c r="H174" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>41</v>
+        <v>658</v>
       </c>
       <c r="D175" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E175" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F175" t="s">
-        <v>506</v>
+        <v>204</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>670</v>
+        <v>659</v>
       </c>
       <c r="H175" t="s">
-        <v>671</v>
+        <v>660</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>45</v>
+        <v>662</v>
       </c>
       <c r="D176" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E176" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F176" t="s">
-        <v>172</v>
+        <v>216</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>673</v>
+        <v>663</v>
       </c>
       <c r="H176" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>675</v>
+        <v>665</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>193</v>
+        <v>666</v>
       </c>
       <c r="D177" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E177" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F177" t="s">
-        <v>164</v>
+        <v>260</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>676</v>
+        <v>667</v>
       </c>
       <c r="H177" t="s">
-        <v>677</v>
+        <v>668</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>678</v>
+        <v>669</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>49</v>
+        <v>670</v>
       </c>
       <c r="D178" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E178" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F178" t="s">
-        <v>305</v>
+        <v>216</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
       <c r="H178" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>53</v>
+        <v>674</v>
       </c>
       <c r="D179" t="s">
-        <v>647</v>
+        <v>258</v>
       </c>
       <c r="E179" t="s">
-        <v>648</v>
+        <v>259</v>
       </c>
       <c r="F179" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="H179" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>10</v>
+        <v>678</v>
       </c>
       <c r="D180" t="s">
-        <v>685</v>
+        <v>258</v>
       </c>
       <c r="E180" t="s">
-        <v>686</v>
+        <v>259</v>
       </c>
       <c r="F180" t="s">
-        <v>687</v>
+        <v>260</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>688</v>
+        <v>679</v>
       </c>
       <c r="H180" t="s">
-        <v>689</v>
+        <v>680</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>690</v>
+        <v>681</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>17</v>
+        <v>682</v>
       </c>
       <c r="D181" t="s">
-        <v>685</v>
+        <v>258</v>
       </c>
       <c r="E181" t="s">
-        <v>686</v>
+        <v>259</v>
       </c>
       <c r="F181" t="s">
-        <v>691</v>
+        <v>306</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>692</v>
+        <v>683</v>
       </c>
       <c r="H181" t="s">
-        <v>693</v>
+        <v>684</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>694</v>
+        <v>685</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>21</v>
+        <v>686</v>
       </c>
       <c r="D182" t="s">
-        <v>685</v>
+        <v>258</v>
       </c>
       <c r="E182" t="s">
-        <v>686</v>
+        <v>259</v>
       </c>
       <c r="F182" t="s">
-        <v>691</v>
+        <v>208</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>695</v>
+        <v>224</v>
       </c>
       <c r="H182" t="s">
-        <v>696</v>
+        <v>687</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>25</v>
+        <v>689</v>
       </c>
       <c r="D183" t="s">
-        <v>685</v>
+        <v>258</v>
       </c>
       <c r="E183" t="s">
-        <v>686</v>
+        <v>259</v>
       </c>
       <c r="F183" t="s">
+        <v>204</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H183" t="s">
         <v>691</v>
-      </c>
-[...4 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D184" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="E184" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="F184" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="H184" t="s">
-        <v>703</v>
+        <v>697</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D185" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="E185" t="s">
-        <v>686</v>
+        <v>700</v>
       </c>
       <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="G185" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H185" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D186" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="E186" t="s">
-        <v>686</v>
+        <v>700</v>
       </c>
       <c r="F186" t="s">
-        <v>691</v>
+        <v>13</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="H186" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>706</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>10</v>
+      </c>
+      <c r="D187" t="s">
+        <v>707</v>
+      </c>
+      <c r="E187" t="s">
+        <v>708</v>
+      </c>
+      <c r="F187" t="s">
+        <v>709</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B187" t="s">
-[...14 lines deleted...]
-      <c r="G187" s="1" t="s">
+      <c r="H187" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>712</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" t="s">
         <v>713</v>
       </c>
-      <c r="B188" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E188" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F188" t="s">
-        <v>701</v>
+        <v>223</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H188" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>193</v>
+        <v>17</v>
       </c>
       <c r="D189" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E189" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F189" t="s">
-        <v>691</v>
+        <v>260</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="H189" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D190" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E190" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F190" t="s">
-        <v>691</v>
+        <v>223</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H190" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="D191" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E191" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F191" t="s">
-        <v>701</v>
+        <v>316</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="H191" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="D192" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E192" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F192" t="s">
-        <v>691</v>
+        <v>260</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="H192" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D193" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E193" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F193" t="s">
-        <v>729</v>
+        <v>223</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>730</v>
       </c>
       <c r="H193" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>732</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D194" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E194" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F194" t="s">
-        <v>701</v>
+        <v>316</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>733</v>
       </c>
       <c r="H194" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>735</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="D195" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E195" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F195" t="s">
-        <v>691</v>
+        <v>545</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>736</v>
       </c>
       <c r="H195" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>738</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="D196" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E196" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F196" t="s">
-        <v>729</v>
+        <v>216</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>739</v>
       </c>
       <c r="H196" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>741</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>77</v>
+        <v>237</v>
       </c>
       <c r="D197" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E197" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F197" t="s">
-        <v>701</v>
+        <v>208</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>742</v>
       </c>
       <c r="H197" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>744</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="D198" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E198" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F198" t="s">
-        <v>701</v>
+        <v>355</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>745</v>
       </c>
       <c r="H198" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>747</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="D199" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="E199" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="F199" t="s">
+        <v>223</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="G199" s="1" t="s">
+      <c r="H199" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>750</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>57</v>
+      </c>
+      <c r="D200" t="s">
+        <v>713</v>
+      </c>
+      <c r="E200" t="s">
+        <v>714</v>
+      </c>
+      <c r="F200" t="s">
+        <v>223</v>
+      </c>
+      <c r="G200" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B200" t="s">
-[...14 lines deleted...]
-      <c r="G200" s="1" t="s">
+      <c r="H200" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>753</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>61</v>
+      </c>
+      <c r="D201" t="s">
+        <v>713</v>
+      </c>
+      <c r="E201" t="s">
+        <v>714</v>
+      </c>
+      <c r="F201" t="s">
+        <v>216</v>
+      </c>
+      <c r="G201" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="B201" t="s">
-[...14 lines deleted...]
-      <c r="G201" s="1" t="s">
+      <c r="H201" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>756</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>65</v>
+      </c>
+      <c r="D202" t="s">
+        <v>713</v>
+      </c>
+      <c r="E202" t="s">
+        <v>714</v>
+      </c>
+      <c r="F202" t="s">
         <v>757</v>
       </c>
-      <c r="B202" t="s">
-[...11 lines deleted...]
-      <c r="F202" t="s">
+      <c r="G202" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="G202" s="1" t="s">
+      <c r="H202" t="s">
         <v>759</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>760</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>10</v>
+      </c>
+      <c r="D203" t="s">
         <v>761</v>
       </c>
-      <c r="B203" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E203" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F203" t="s">
-        <v>701</v>
+        <v>763</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="H203" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>286</v>
+        <v>17</v>
       </c>
       <c r="D204" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E204" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F204" t="s">
-        <v>691</v>
+        <v>767</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="H204" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>770</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>21</v>
+      </c>
+      <c r="D205" t="s">
+        <v>761</v>
+      </c>
+      <c r="E205" t="s">
+        <v>762</v>
+      </c>
+      <c r="F205" t="s">
         <v>767</v>
       </c>
-      <c r="B205" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G205" s="1" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="H205" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="D206" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E206" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F206" t="s">
-        <v>701</v>
+        <v>767</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="H206" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
       <c r="D207" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E207" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F207" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="H207" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
+        <v>780</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>33</v>
+      </c>
+      <c r="D208" t="s">
+        <v>761</v>
+      </c>
+      <c r="E208" t="s">
+        <v>762</v>
+      </c>
+      <c r="F208" t="s">
         <v>777</v>
       </c>
-      <c r="B208" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G208" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="H208" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="D209" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E209" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F209" t="s">
-        <v>778</v>
+        <v>767</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="H209" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>126</v>
+        <v>41</v>
       </c>
       <c r="D210" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E210" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F210" t="s">
-        <v>691</v>
+        <v>777</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="H210" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="D211" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E211" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F211" t="s">
-        <v>701</v>
+        <v>777</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="H211" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>134</v>
+        <v>237</v>
       </c>
       <c r="D212" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E212" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F212" t="s">
-        <v>691</v>
+        <v>767</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="H212" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>138</v>
+        <v>49</v>
       </c>
       <c r="D213" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E213" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F213" t="s">
-        <v>701</v>
+        <v>767</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>180</v>
+        <v>796</v>
       </c>
       <c r="H213" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>142</v>
+        <v>53</v>
       </c>
       <c r="D214" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E214" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F214" t="s">
-        <v>748</v>
+        <v>777</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>180</v>
+        <v>799</v>
       </c>
       <c r="H214" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>146</v>
+        <v>57</v>
       </c>
       <c r="D215" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E215" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F215" t="s">
-        <v>691</v>
+        <v>767</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>180</v>
+        <v>802</v>
       </c>
       <c r="H215" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>150</v>
+        <v>61</v>
       </c>
       <c r="D216" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E216" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F216" t="s">
-        <v>691</v>
+        <v>805</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>180</v>
+        <v>806</v>
       </c>
       <c r="H216" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>154</v>
+        <v>65</v>
       </c>
       <c r="D217" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E217" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F217" t="s">
-        <v>802</v>
+        <v>777</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>180</v>
+        <v>809</v>
       </c>
       <c r="H217" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>330</v>
+        <v>69</v>
       </c>
       <c r="D218" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E218" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F218" t="s">
-        <v>701</v>
+        <v>767</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="H218" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>334</v>
+        <v>73</v>
       </c>
       <c r="D219" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E219" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F219" t="s">
-        <v>701</v>
+        <v>805</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="H219" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>338</v>
+        <v>77</v>
       </c>
       <c r="D220" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E220" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F220" t="s">
-        <v>701</v>
+        <v>777</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="H220" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>342</v>
+        <v>81</v>
       </c>
       <c r="D221" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E221" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F221" t="s">
-        <v>814</v>
+        <v>777</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="H221" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>346</v>
+        <v>86</v>
       </c>
       <c r="D222" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E222" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F222" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="H222" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>350</v>
+        <v>90</v>
       </c>
       <c r="D223" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E223" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F223" t="s">
-        <v>701</v>
+        <v>777</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="H223" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>354</v>
+        <v>94</v>
       </c>
       <c r="D224" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E224" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F224" t="s">
-        <v>701</v>
+        <v>763</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="H224" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>358</v>
+        <v>98</v>
       </c>
       <c r="D225" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E225" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F225" t="s">
-        <v>701</v>
+        <v>834</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="H225" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>362</v>
+        <v>102</v>
       </c>
       <c r="D226" t="s">
-        <v>685</v>
+        <v>761</v>
       </c>
       <c r="E226" t="s">
-        <v>686</v>
+        <v>762</v>
       </c>
       <c r="F226" t="s">
-        <v>701</v>
+        <v>777</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="H226" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="D227" t="s">
-        <v>833</v>
+        <v>761</v>
       </c>
       <c r="E227" t="s">
-        <v>834</v>
+        <v>762</v>
       </c>
       <c r="F227" t="s">
-        <v>164</v>
+        <v>767</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="H227" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="D228" t="s">
-        <v>838</v>
+        <v>761</v>
       </c>
       <c r="E228" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="F228" t="s">
-        <v>691</v>
+        <v>777</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="H228" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="D229" t="s">
-        <v>838</v>
+        <v>761</v>
       </c>
       <c r="E229" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="F229" t="s">
-        <v>164</v>
+        <v>777</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="H229" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="D230" t="s">
-        <v>846</v>
+        <v>761</v>
       </c>
       <c r="E230" t="s">
-        <v>847</v>
+        <v>762</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>850</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="H230" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="D231" t="s">
-        <v>846</v>
+        <v>761</v>
       </c>
       <c r="E231" t="s">
-        <v>847</v>
+        <v>762</v>
       </c>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>854</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="H231" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D232" t="s">
+        <v>761</v>
+      </c>
+      <c r="E232" t="s">
+        <v>762</v>
+      </c>
+      <c r="F232" t="s">
         <v>854</v>
       </c>
-      <c r="E232" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G232" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="H232" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>17</v>
+        <v>126</v>
       </c>
       <c r="D233" t="s">
-        <v>854</v>
+        <v>761</v>
       </c>
       <c r="E233" t="s">
-        <v>855</v>
+        <v>762</v>
       </c>
       <c r="F233" t="s">
-        <v>856</v>
+        <v>767</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>180</v>
+        <v>861</v>
       </c>
       <c r="H233" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>10</v>
+        <v>130</v>
       </c>
       <c r="D234" t="s">
-        <v>862</v>
+        <v>761</v>
       </c>
       <c r="E234" t="s">
-        <v>863</v>
+        <v>762</v>
       </c>
       <c r="F234" t="s">
-        <v>13</v>
+        <v>777</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>864</v>
       </c>
       <c r="H234" t="s">
         <v>865</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>866</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>134</v>
+      </c>
+      <c r="D235" t="s">
+        <v>761</v>
+      </c>
+      <c r="E235" t="s">
+        <v>762</v>
+      </c>
+      <c r="F235" t="s">
+        <v>767</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H235" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>869</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>138</v>
+      </c>
+      <c r="D236" t="s">
+        <v>761</v>
+      </c>
+      <c r="E236" t="s">
+        <v>762</v>
+      </c>
+      <c r="F236" t="s">
+        <v>777</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H236" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>871</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>142</v>
+      </c>
+      <c r="D237" t="s">
+        <v>761</v>
+      </c>
+      <c r="E237" t="s">
+        <v>762</v>
+      </c>
+      <c r="F237" t="s">
+        <v>824</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H237" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>873</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>146</v>
+      </c>
+      <c r="D238" t="s">
+        <v>761</v>
+      </c>
+      <c r="E238" t="s">
+        <v>762</v>
+      </c>
+      <c r="F238" t="s">
+        <v>767</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H238" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>875</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>150</v>
+      </c>
+      <c r="D239" t="s">
+        <v>761</v>
+      </c>
+      <c r="E239" t="s">
+        <v>762</v>
+      </c>
+      <c r="F239" t="s">
+        <v>767</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H239" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>877</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>154</v>
+      </c>
+      <c r="D240" t="s">
+        <v>761</v>
+      </c>
+      <c r="E240" t="s">
+        <v>762</v>
+      </c>
+      <c r="F240" t="s">
+        <v>878</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H240" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>880</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>158</v>
+      </c>
+      <c r="D241" t="s">
+        <v>761</v>
+      </c>
+      <c r="E241" t="s">
+        <v>762</v>
+      </c>
+      <c r="F241" t="s">
+        <v>777</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="H241" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>883</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>162</v>
+      </c>
+      <c r="D242" t="s">
+        <v>761</v>
+      </c>
+      <c r="E242" t="s">
+        <v>762</v>
+      </c>
+      <c r="F242" t="s">
+        <v>777</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H242" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>886</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>166</v>
+      </c>
+      <c r="D243" t="s">
+        <v>761</v>
+      </c>
+      <c r="E243" t="s">
+        <v>762</v>
+      </c>
+      <c r="F243" t="s">
+        <v>777</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H243" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>889</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>170</v>
+      </c>
+      <c r="D244" t="s">
+        <v>761</v>
+      </c>
+      <c r="E244" t="s">
+        <v>762</v>
+      </c>
+      <c r="F244" t="s">
+        <v>890</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="H244" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>893</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>174</v>
+      </c>
+      <c r="D245" t="s">
+        <v>761</v>
+      </c>
+      <c r="E245" t="s">
+        <v>762</v>
+      </c>
+      <c r="F245" t="s">
+        <v>890</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H245" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>896</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>178</v>
+      </c>
+      <c r="D246" t="s">
+        <v>761</v>
+      </c>
+      <c r="E246" t="s">
+        <v>762</v>
+      </c>
+      <c r="F246" t="s">
+        <v>777</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="H246" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>899</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>182</v>
+      </c>
+      <c r="D247" t="s">
+        <v>761</v>
+      </c>
+      <c r="E247" t="s">
+        <v>762</v>
+      </c>
+      <c r="F247" t="s">
+        <v>777</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H247" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>902</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>186</v>
+      </c>
+      <c r="D248" t="s">
+        <v>761</v>
+      </c>
+      <c r="E248" t="s">
+        <v>762</v>
+      </c>
+      <c r="F248" t="s">
+        <v>777</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="H248" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>905</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>190</v>
+      </c>
+      <c r="D249" t="s">
+        <v>761</v>
+      </c>
+      <c r="E249" t="s">
+        <v>762</v>
+      </c>
+      <c r="F249" t="s">
+        <v>777</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H249" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>908</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>194</v>
+      </c>
+      <c r="D250" t="s">
+        <v>761</v>
+      </c>
+      <c r="E250" t="s">
+        <v>762</v>
+      </c>
+      <c r="F250" t="s">
+        <v>777</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H250" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>911</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>198</v>
+      </c>
+      <c r="D251" t="s">
+        <v>761</v>
+      </c>
+      <c r="E251" t="s">
+        <v>762</v>
+      </c>
+      <c r="F251" t="s">
+        <v>767</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="H251" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>914</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>413</v>
+      </c>
+      <c r="D252" t="s">
+        <v>761</v>
+      </c>
+      <c r="E252" t="s">
+        <v>762</v>
+      </c>
+      <c r="F252" t="s">
+        <v>777</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="H252" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>917</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>417</v>
+      </c>
+      <c r="D253" t="s">
+        <v>761</v>
+      </c>
+      <c r="E253" t="s">
+        <v>762</v>
+      </c>
+      <c r="F253" t="s">
+        <v>777</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="H253" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>920</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>421</v>
+      </c>
+      <c r="D254" t="s">
+        <v>761</v>
+      </c>
+      <c r="E254" t="s">
+        <v>762</v>
+      </c>
+      <c r="F254" t="s">
+        <v>878</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="H254" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>923</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>425</v>
+      </c>
+      <c r="D255" t="s">
+        <v>761</v>
+      </c>
+      <c r="E255" t="s">
+        <v>762</v>
+      </c>
+      <c r="F255" t="s">
+        <v>777</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H255" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>926</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>429</v>
+      </c>
+      <c r="D256" t="s">
+        <v>761</v>
+      </c>
+      <c r="E256" t="s">
+        <v>762</v>
+      </c>
+      <c r="F256" t="s">
+        <v>878</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H256" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>928</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>433</v>
+      </c>
+      <c r="D257" t="s">
+        <v>761</v>
+      </c>
+      <c r="E257" t="s">
+        <v>762</v>
+      </c>
+      <c r="F257" t="s">
+        <v>777</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H257" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>930</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>441</v>
+      </c>
+      <c r="D258" t="s">
+        <v>761</v>
+      </c>
+      <c r="E258" t="s">
+        <v>762</v>
+      </c>
+      <c r="F258" t="s">
+        <v>777</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H258" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>932</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>445</v>
+      </c>
+      <c r="D259" t="s">
+        <v>761</v>
+      </c>
+      <c r="E259" t="s">
+        <v>762</v>
+      </c>
+      <c r="F259" t="s">
+        <v>854</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H259" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>934</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>449</v>
+      </c>
+      <c r="D260" t="s">
+        <v>761</v>
+      </c>
+      <c r="E260" t="s">
+        <v>762</v>
+      </c>
+      <c r="F260" t="s">
+        <v>777</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="H260" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>937</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>453</v>
+      </c>
+      <c r="D261" t="s">
+        <v>761</v>
+      </c>
+      <c r="E261" t="s">
+        <v>762</v>
+      </c>
+      <c r="F261" t="s">
+        <v>777</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="H261" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>940</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>457</v>
+      </c>
+      <c r="D262" t="s">
+        <v>761</v>
+      </c>
+      <c r="E262" t="s">
+        <v>762</v>
+      </c>
+      <c r="F262" t="s">
+        <v>777</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="H262" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>943</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>461</v>
+      </c>
+      <c r="D263" t="s">
+        <v>761</v>
+      </c>
+      <c r="E263" t="s">
+        <v>762</v>
+      </c>
+      <c r="F263" t="s">
+        <v>777</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="H263" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>946</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>465</v>
+      </c>
+      <c r="D264" t="s">
+        <v>761</v>
+      </c>
+      <c r="E264" t="s">
+        <v>762</v>
+      </c>
+      <c r="F264" t="s">
+        <v>767</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="H264" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>949</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>469</v>
+      </c>
+      <c r="D265" t="s">
+        <v>761</v>
+      </c>
+      <c r="E265" t="s">
+        <v>762</v>
+      </c>
+      <c r="F265" t="s">
+        <v>854</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="H265" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>952</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>473</v>
+      </c>
+      <c r="D266" t="s">
+        <v>761</v>
+      </c>
+      <c r="E266" t="s">
+        <v>762</v>
+      </c>
+      <c r="F266" t="s">
+        <v>767</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="H266" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>955</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>477</v>
+      </c>
+      <c r="D267" t="s">
+        <v>761</v>
+      </c>
+      <c r="E267" t="s">
+        <v>762</v>
+      </c>
+      <c r="F267" t="s">
+        <v>767</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H267" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>958</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>10</v>
+      </c>
+      <c r="D268" t="s">
+        <v>959</v>
+      </c>
+      <c r="E268" t="s">
+        <v>960</v>
+      </c>
+      <c r="F268" t="s">
+        <v>208</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H268" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>963</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>17</v>
+      </c>
+      <c r="D269" t="s">
+        <v>959</v>
+      </c>
+      <c r="E269" t="s">
+        <v>960</v>
+      </c>
+      <c r="F269" t="s">
+        <v>216</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="H269" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>966</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>10</v>
+      </c>
+      <c r="D270" t="s">
+        <v>967</v>
+      </c>
+      <c r="E270" t="s">
+        <v>968</v>
+      </c>
+      <c r="F270" t="s">
+        <v>208</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="H270" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>971</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>17</v>
+      </c>
+      <c r="D271" t="s">
+        <v>967</v>
+      </c>
+      <c r="E271" t="s">
+        <v>968</v>
+      </c>
+      <c r="F271" t="s">
+        <v>208</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="H271" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>974</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>10</v>
+      </c>
+      <c r="D272" t="s">
+        <v>975</v>
+      </c>
+      <c r="E272" t="s">
+        <v>976</v>
+      </c>
+      <c r="F272" t="s">
+        <v>767</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H272" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>979</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>17</v>
+      </c>
+      <c r="D273" t="s">
+        <v>975</v>
+      </c>
+      <c r="E273" t="s">
+        <v>976</v>
+      </c>
+      <c r="F273" t="s">
+        <v>208</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H273" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>982</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>10</v>
+      </c>
+      <c r="D274" t="s">
+        <v>983</v>
+      </c>
+      <c r="E274" t="s">
+        <v>984</v>
+      </c>
+      <c r="F274" t="s">
+        <v>13</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="H274" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>987</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>17</v>
+      </c>
+      <c r="D275" t="s">
+        <v>983</v>
+      </c>
+      <c r="E275" t="s">
+        <v>984</v>
+      </c>
+      <c r="F275" t="s">
+        <v>13</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="H275" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>990</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>10</v>
+      </c>
+      <c r="D276" t="s">
+        <v>991</v>
+      </c>
+      <c r="E276" t="s">
+        <v>992</v>
+      </c>
+      <c r="F276" t="s">
+        <v>757</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="H276" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>995</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>17</v>
+      </c>
+      <c r="D277" t="s">
+        <v>991</v>
+      </c>
+      <c r="E277" t="s">
+        <v>992</v>
+      </c>
+      <c r="F277" t="s">
+        <v>757</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H277" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>997</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>21</v>
+      </c>
+      <c r="D278" t="s">
+        <v>991</v>
+      </c>
+      <c r="E278" t="s">
+        <v>992</v>
+      </c>
+      <c r="F278" t="s">
+        <v>757</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H278" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>10</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F279" t="s">
+        <v>13</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>17</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F280" t="s">
+        <v>13</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>21</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F281" t="s">
+        <v>13</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>25</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F282" t="s">
+        <v>13</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>29</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F283" t="s">
+        <v>13</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1016</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9294,50 +11022,99 @@
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
     <hyperlink ref="G219" r:id="rId218"/>
     <hyperlink ref="G220" r:id="rId219"/>
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
     <hyperlink ref="G225" r:id="rId224"/>
     <hyperlink ref="G226" r:id="rId225"/>
     <hyperlink ref="G227" r:id="rId226"/>
     <hyperlink ref="G228" r:id="rId227"/>
     <hyperlink ref="G229" r:id="rId228"/>
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>