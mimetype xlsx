--- v1 (2026-01-22)
+++ v2 (2026-03-13)
@@ -54,3054 +54,3054 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>Rogério Gallina</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/974/01-_projeto_de_lei_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/974/01-_projeto_de_lei_01-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025, no valor de R$ 2.505.792,00 (dois milhões, quinhentos e cinco mil e setecentos e noventa e dois reais).</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/988/01-_projeto_de_lei_no_02-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/988/01-_projeto_de_lei_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025 no valor de R$ 1.021.507,58 (um milhão, vinte e um mil, quinhentos e sete reais e cinquenta e oito centavos).</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/994/01-_projeto_de_lei_no_03-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/994/01-_projeto_de_lei_no_03-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025, um Crédito Adicional Suplementar no valor de R$ 501.114,00 (quinhentos e um mil e cento e quatorze reais).</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/01-_projeto_de_lei_04-2025_-_executivo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/01-_projeto_de_lei_04-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025 no valor de R$ 779.297,62 (setecentos e setenta e nove mil, duzentos e noventa e sete reais e sessenta e dois centavos).</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/pl_05-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/pl_05-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais do quadro único do Poder Executivo municipal de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/pl_06-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/pl_06-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores municipais do ocupantes de cargo em comissão e funções gratificadas do  Poder Executivo municipal de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/01-_projeto_de_lei_07-2025_-_executivo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/01-_projeto_de_lei_07-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no Orçamento Geral do Município do ano de 2025 no valor de R$ 50.000,00 (cinquenta mil reais).</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/03-_projeto_de_lei_no_08-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/03-_projeto_de_lei_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta o §3º ao Art. 3º da Lei nº 1.284/2019 e da outras providências.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/03-_projeto_de_lei_no_09-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/03-_projeto_de_lei_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Altera o §2º do art. 1º da Lei 1.294/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/01-_projeto_de_lei_no_011-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/01-_projeto_de_lei_no_011-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025 no valor de R$ 340.000,00 (trezentos e quarenta mil reais).</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/pl_12-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/pl_12-2025.pdf</t>
   </si>
   <si>
     <t>Altera o nomenclatura do Conselho Municipal de Meio Ambiente – CMA e do Fundo Municipal de Meio Ambiente – FMA de Saudade do Iguaçu, bem como, altera as Leis 504/2009, 915/2015 e 1219/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/01-_projeto_de_lei_no_0132025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/01-_projeto_de_lei_no_0132025.pdf</t>
   </si>
   <si>
     <t>Institui gratificação para profissional médico clínico geral do quadro de médicos efetivos do município de Saudade do Iguaçu – PR que possua especialidade de ginecologia e obstetrícia, e dá outras providências.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/01-_pl_14-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/01-_pl_14-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025 no valor R$ 630.000,00 (seiscentos e trinta mil reais).</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/01-_projeto_de_lei_no_015-2025_-_abertura_de_credit.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/01-_projeto_de_lei_no_015-2025_-_abertura_de_credit.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025, de um Crédito Adicional Suplementar no valor de R$ 470.000,00 (quatrocentos e setenta mil reais).</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/01-_projeto_de_lei_no_016-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/01-_projeto_de_lei_no_016-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no valor de R$ 21.000,00 e de um Crédito Adicional Especial no valor de R$ R$ 40.000,00 no Orçamento Geral do Município para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/01-_projeto_de_lei_no_017-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/01-_projeto_de_lei_no_017-2025.pdf</t>
   </si>
   <si>
     <t>Extingue e Cria cargo em comissão constante no Anexo II da Lei nº 1165/2018.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/01-_projeto_de_lei_no_018-2025_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/01-_projeto_de_lei_no_018-2025_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 497.152,49 (quatrocentos e noventa e sete mil, cento e cinquenta e dois reais e quarenta e nove centavos) no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o Exercício Financeiro de 2025.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Celso Giacomini</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/processo_completo_pl_19-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/processo_completo_pl_19-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual – PPA do Município de Saudade do Iguaçu para o período de 2026 a 2029.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/processo_completo_-_projeto_de_lei_no_020-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/processo_completo_-_projeto_de_lei_no_020-2025.pdf</t>
   </si>
   <si>
     <t>Constitui o Loteamento Condomínio Santiago, revogando as Leis Municipais nº 1.367/2020, 1.423/2021 e 1.577/2024.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/processo_completo_-_pl_21-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/processo_completo_-_pl_21-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de nomenclatura do cargo de Assistente de Professor ensino infantil para Professor 40 horas, no Município de Saudade do Iguaçu, como especifica.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/processo_completo_-_pl_22-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/processo_completo_-_pl_22-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o exercício financeiro de 2025 no valor de  R$ 3.850.635,24 (três milhões, oitocentos e cinquenta mil, seiscentos e trinta e cinco reais e vinte e quatro centavos).</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/processo_completo_-_projeto_de_lei_no_023-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/processo_completo_-_projeto_de_lei_no_023-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Guarda Subsidiada no Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/processo_completo_-_projeto_de_lei_no_024-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/processo_completo_-_projeto_de_lei_no_024-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde-CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/processo_completo_-_projeto_de_lei_no_026-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/processo_completo_-_projeto_de_lei_no_026-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 17 da Lei Municipal nº 1.148 de 11 de agosto de 2021, que institui o Programa Família Acolhedora e ainda dá outras providências.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/processo_completo_-_pl_27-2025_-_refis.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/processo_completo_-_pl_27-2025_-_refis.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Munícipio de Saudade do Iguaçu - REFIS 2025, relativo aos débitos fiscais de pessoas físicas e jurídicas com o fisco municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/processo_completo_-_projeto_de_lei_no_028-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/processo_completo_-_projeto_de_lei_no_028-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025, um Crédito Adicional Suplementar no valor de R$ 3.529.736,90 (três milhões, quinhentos e vinte e nove mil, setecentos e trinta e seis reais e noventa centavos).</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/processo_completo_do_pl_29-2025_-_ldo_e_anexos.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/processo_completo_do_pl_29-2025_-_ldo_e_anexos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE SAUDADE DO IGUAÇU PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/processo_completo_do_pl_30-2025_-.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/processo_completo_do_pl_30-2025_-.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município para o exercício financeiro de 2025, no valor de  R$ 457.300,39 (quatrocentos e cinquenta e sete mil, trezentos reais e trinta e nove centavos).</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/1-_pl_31-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/1-_pl_31-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Saudade do Iguaçu a instituir o Programa Municipal de Valorização da Indústria, Comércio e Serviço Local COMÉRCIO FORTE, CONSUMIDOR COM SORTE e dá outras providências.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/pl_32-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/pl_32-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um crédito adicional suplementar no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025, no valor de R$ 1.035.157,90 (um milhão, trinta e cinco mil, cento e cinquenta e sete reais e noventa centavos).</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/01-_projeto_de_lei_33-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/01-_projeto_de_lei_33-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um crédito adicional suplementar no orçamento geral do Município de Saudade do Iguaçu para o exercício financeiro de 2025 no valor de R$ 615.000,00 (seiscentos e quinze mil reais).</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/processo_completo_-__pl_34-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/processo_completo_-__pl_34-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 2.020.066,11 (dois milhões, vinte mil, sessenta e seis reais e onze centavos)no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/processo_completo_-__pl_35-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/processo_completo_-__pl_35-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 350.000,00 (trezentos e cinquenta mil reais) no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_36-2025_-_processo_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_36-2025_-_processo_completo.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Saudade do Iguaçu para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/processo_completo_-_projeto_de_lei_37-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/processo_completo_-_projeto_de_lei_37-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um crédito adicional suplementar no Orçamento Geral do Município de Saudade do Iguaçu, para o exercício de 2025, no valor de  R$ 215.000,00 (duzentos e quinze mil reais).</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/01-_pl_38-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/01-_pl_38-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o exercício financeiro de 2025, no valor de R$ 252.000,00 (duzentos e cinquenta e dois mil reais).</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/2-_projeto_de_lei_039_2025_.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/2-_projeto_de_lei_039_2025_.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo municipal a abrir um Crédito Adicional Suplementar no Orçamento de 2025 no valor de R$ 868.491,69 (oitocentos e sessenta e oito mil, quatrocentos e noventa e um reais e sessenta e nove centavos).</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1230/01-_projeto_de_lei_40-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1230/01-_projeto_de_lei_40-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Especial de Natal” e concede Benefício Natalino às famílias em situação de vulnerabilidade social no Município de Saudade do Iguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/01-_projeto_de_lei_41-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/01-_projeto_de_lei_41-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025 no valor de R$ 664.097,99 (seiscentos e sessenta e quatro mil, noventa e sete reais e noventa e nove centavos).</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_42-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_42-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Valorização do Comércio, Indústria e Serviços Locais “Comércio Forte, Consumidor com Sorte”, autoriza a celebração de parcerias com entidades privadas sem fins lucrativos mediante chamamento público, e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1223/2-_projeto_de_lei_no_043-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1223/2-_projeto_de_lei_no_043-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025 no valor de R$ R$ 103.000,00 (cento e três mil reais).</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no_044-2025_-_processo_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no_044-2025_-_processo_completo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025, no valor de  R$ 1.407.126,27 (um milhão, quatrocentos e sete mil, cento e vinte e seis reais e vinte e sete centavos.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1247/1-_projeto_de_lei_45-2025_-_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1247/1-_projeto_de_lei_45-2025_-_completo.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo ao Esporte no âmbito do Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no_046-2025_-_processo_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no_046-2025_-_processo_completo.pdf</t>
   </si>
   <si>
     <t>Atualiza e amplia a Lei Municipal nº 590/2011, autoriza a desafetação, regularização e transferência definitiva dos imóveis concedidos para fins habitacionais pelo Município de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_47-2025_-_processo_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_47-2025_-_processo_completo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no Orçamento Geral do Município do ano de 2025, no valor de R$ 328.000,00 (trezentos e vinte e oito mil reais).</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1245/01-_projeto_de_lei_no_048-2025_-_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1245/01-_projeto_de_lei_no_048-2025_-_completo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Geral do Município de 2025, no valor de R$ 220.000,00 (duzentos e vinte mil reais).</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1255/pl_49-2025_-_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1255/pl_49-2025_-_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal dos Direitos da Pessoa com Deficiência – FMDPD, e dá outras providências.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_no_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer a realização de auditoria nas Secretarias Municipais de Viação, Obras e Urbanismo e Indústria, Comércio e Turismo de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>DELCI BAZZANELLA NATH, DIEGO TRINDADE, EDELVAN LAZARE, JOÃO PEDRO HARTMANN, LAUDEMIR PIONTKOSKI - CARECONE</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_02-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento Nº 02/2025, que apresenta chapa para composição das Comissões Permanentes.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>LAUDEMIR PIONTKOSKI - CARECONE</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no_03-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no_03-2025.pdf</t>
   </si>
   <si>
     <t>REQUER que o Executivo Municipal encaminhe à Câmara Municipal, dentro do prazo legal, relatório detalhado sobre as horas/máquinas executadas pelo Município no exercício de 2025, acompanhado do relatório oficial do Setor de Frotas, contendo o registro de horímetro individualizado de cada equipamento pertencente à frota municipal, compreendendo o período de 01 de janeiro de 2025 até a presente data. Além disso, solicita-se que o relatório informe as Declarações de Arrecadação Municipal (DAMS) efetivamente recolhidas para a execução dessas horas/máquinas, discriminando os valores arrecadados e a quantidade de horas correspondentes, conforme o que foi pago pelos munícipes e demais contribuintes pela utilização dos serviços prestados pelo maquinário municipal.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>EDELVAN LAZARE</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/requerimento_no_04-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/requerimento_no_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da situação atual do pagamento do Auxílio Estudante Universitário e Técnico, instituído pela Lei nº 1126/2017, de 19 de setembro de 2017.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/requerimento_no_05-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/requerimento_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município adote as providências administrativas cabíveis no sentido de oficiar e cobrar da Companhia Paranaense de Energia – COPEL e da Companhia de Saneamento do Paraná – SANEPAR em relação à medidas de interesse público.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>JOÃO PEDRO HARTMANN</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER que o Executivo Municipal informe, dentro do prazo legal, relatório técnico contendo a quantidade mensal de combustíveis consumidos no exercício de 2024.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/requerimento_no_07-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/requerimento_no_07-2025.pdf</t>
   </si>
   <si>
     <t>REQUER que o Executivo Municipal informe, dentro do prazo legal, relatório técnico contendo a quantidade mensal de combustíveis consumidos no primeiro quadrimestre do exercício de 2025.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>JOÃO PEDRO HARTMANN, LAUDEMIR PIONTKOSKI - CARECONE</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/requerimento_no_08-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/requerimento_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer que o Executivo Municipal apresente relatório detalhado dos empenhos realizados sem licitação, por contrato verbal e por meio de pronto pagamento, desde o dia 1º de janeiro de 2025 até a presente data.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_09-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam adotadas as medidas necessárias para restabelecer o pleno funcionamento do sistema de monitoramento por câmeras existente no município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>DIEGO TRINDADE, EDELVAN LAZARE</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_no_10-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_no_10-2025.pdf</t>
   </si>
   <si>
     <t>REQUER que o Executivo Municipal informe, no prazo legal, sobre o barracão construído via operação de crédito junto ao Parque Industrial para instalação de fábrica de panificação, considerando que a obra já foi entregue pela empresa construtora.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>DELCI BAZZANELLA NATH, LAUDEMIR PIONTKOSKI - CARECONE</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_no_11-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_no_11-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja oficiado ao Secretário Municipal de Indústria, Comércio e Turismo, solicitando informações acerca dos motivos pelos quais ainda não foram iniciados os trâmites legais para a cessão de uso dos barracões industriais localizados junto ao Parque Industrial, os quais se encontram concluídos e aptos para utilização.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_12-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que a Administração Municipal priorize, com máxima urgência, a construção de abrigos em todos os pontos de ônibus escolares, tanto na área urbana quanto no interior do município, garantindo a segurança, o bem-estar e a proteção das crianças e adolescentes que utilizam diariamente o transporte escolar.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_13-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Solicita cópia integral de todos os contratos, aditivos, termos de parceria e demais instrumentos jurídicos firmados com empresas vinculados ao Programa Municipal de Fomento Exclusivo para Microempreendedores Individuais (MEI), Microempresas (ME) e Empresas de Pequeno Porte (EPP).</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_no_14-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_no_14-2025.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a situação do prédio da Escola Municipal Pequeno Anjo, atualmente interditado.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_no_15-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_no_15-2025.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca da ausência de responsáveis municipais designados para atendimento das demandas relacionadas ao INCRA – Instituto Nacional de Colonização e Reforma Agrária.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DIEGO TRINDADE</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_no_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_no_01-2025.pdf</t>
   </si>
   <si>
     <t>“Indica a revitalização das calçadas existentes no perímetro urbano de Linha Urutu, com a devida atenção às condições de acessibilidade e segurança dos pedestres.”</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_no_02-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_no_02-2025.pdf</t>
   </si>
   <si>
     <t>“Indica a realização de estudos para a disponibilização de professor auxiliar nas salas de aula que contem com alunos diagnosticados com Transtorno do Espectro Autista (TEA).”</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no_03-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no_03-2025.pdf</t>
   </si>
   <si>
     <t>“Indica a revitalização do parquinho infantil existente na Escola Municipal Padre Felipe.”</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no_04-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no_04-2025.pdf</t>
   </si>
   <si>
     <t>“Indica a gestão junto aos órgãos competentes, DER/PR e DNIT, para a realização de estudos visando à implantação de redutores de velocidade na BR-158, mais precisamente entre os bares do DJ e do Casaril.”</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_no_05-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_no_05-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Departamento de Engenharia realize estudos para um levantamento em todo o município visando à construção de abrigos nos pontos de ônibus.”</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_no_06-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_no_06-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município providencie, com urgência, os reparos e a manutenção das câmeras de monitoramento instaladas no município, garantindo seu pleno funcionamento."</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no_07-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no_07-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Departamento de Planejamento realize estudos para a elaboração e encaminhamento à Câmara Municipal de um Projeto de Lei que autorize o Município a efetuar a limpeza dos terrenos baldios com posterior cobrança dos custos no IPTU dos proprietários."</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_no_08-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Indica a construção de escada de alvenaria ligando o Centro da Cidade ao Loteamento Colina, com corrimão, iluminação e canaletas para drenagem.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no_09-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no_09-2025.pdf</t>
   </si>
   <si>
     <t>“Indica a ampliação da rede de iluminação pública na Rua Jacinto Mendes, no perímetro urbano da comunidade de Linha Urutu, na via que dá acesso às comunidades do Banco da Terra e de Linha Pintado.”</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no_10-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no_10-2025.pdf</t>
   </si>
   <si>
     <t>“Indica a implantação de iluminação pública na entrada da rampa da Mana, localizada na comunidade de Linha Urutu.”</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no_11-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no_11-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município providencie, com urgência, a reabertura do posto de saúde de Linha Urutu, visando garantir o acesso à saúde para os moradores daquela localidade."</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no_12-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no_12-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município realize estudos com a finalidade de instalar usinas fotovoltaicas em todas as repartições públicas, visando à redução de custos e à sustentabilidade energética."</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_no_13-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Indica que o Município elabore estudos para criar um sistema de Protocolo para exames agendados, priorizando a ordem cronológica dos agendamentos.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_no_14-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_no_14-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município, por meio da Secretaria de Esporte e Cultura, efetue a revitalização do campo de futebol society com gramado sintético ao lado do Ginásio de Esportes São Silvestre."</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_no_15-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_no_15-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município, por meio da Secretaria de Agricultura, efetue o concerto da colheitadeira de silagem de propriedade do município, o mais breve possível."</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>DIVONEI PANIZZON</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no_16-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no_16-2025.pdf</t>
   </si>
   <si>
     <t>"Indica a realização de obras de manutenção na rodovia municipal Abel Panizzon"</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_17-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_17-2025.pdf</t>
   </si>
   <si>
     <t>Indica a construção de alvenaria na comunidade de Linha Pintado.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_18-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_18-2025.pdf</t>
   </si>
   <si>
     <t>Indica que o Município, por meio da Secretaria de Agricultura, efetue a compra de uma minicarregadeira, comumente chamada de Bobcat, para ser utilizada na limpeza dos aviários.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>ALEXANDRO BETT - ALEX</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_19-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_19-2025.pdf</t>
   </si>
   <si>
     <t>"Indica a construção de redutores de velocidade (quebra-molas) na Rua Everton Martignago, no perímetro Urbano do Município."</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_20-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_20-2025.pdf</t>
   </si>
   <si>
     <t>"Indica a construção de um parquinho infantil (playground) no loteamento Martignago."</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_21-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_21-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município realize a transformação dos quebra-molas localizados na Rodovia Municipal Lurdes Moreira em faixas elevadas.”</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_22-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_22-2025.pdf</t>
   </si>
   <si>
     <t>"Indica a construção de um abrigo no ponto de ônibus localizado na esquina das ruas Dorvalino Bochio e Gino Gabiatti, no Loteamento Nova Vida II."</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>ALEXANDRO BETT - ALEX, DIVONEI PANIZZON, EMERSON MARTIGNAGO, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_23-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_23-2025.pdf</t>
   </si>
   <si>
     <t>"Indicam a redução dos valores das horas/máquinas cobradas dos munícipes no âmbito do Programa Porteira Adentro, criado pela Lei nº 1077, de 24 de março de 2017.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_24-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_24-2025.pdf</t>
   </si>
   <si>
     <t>"Indicam a retomada do programa criado pela Lei nº 1099, de 13 de junho de 2017, que dispõe sobre a autorização do transporte de calcário e outros insumos por veículos da frota municipal."</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_25-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_25-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município gestione junto ao DER-PR a construção de faixas de pedestres elevadas na PR-158."</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_no_26-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_no_26-2025.pdf</t>
   </si>
   <si>
     <t>Indica que o Município, por meio da Secretaria de Obras, Viação e Urbanismo, realize a manutenção e adequação das entradas de acesso ao longo da BR-158, a fim de corrigir o desnível existente entre as vias de entrada e a pista principal, ocasionado pela recente obra de recapeamento da rodovia.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_27-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_27-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município, por meio da Secretaria competente, realize a reforma e revitalização da quadra de areia localizada na comunidade de Vista Alegre."</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_28-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_28-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município, por meio da Secretaria competente, providencie a reinstalação do parquinho infantil (playground) no Bairro Harmonia."</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_29-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_29-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município, viabilize a execução de obras de pavimentação asfáltica interligando a Rodovia Municipal da Linha Pintado à Rodovia Municipal da Comunidade de Vista Alegre, estendendo-se até a divisa com o município de Sulina."</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no_30-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no_30-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que o Município, viabilize a execução da pavimentação asfáltica interligando a Rodovia Municipal Lurdes Moreira até a BR-158, passando pela Comunidade de Alto Santa Rosa.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>DELCI BAZZANELLA NATH</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_31-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_31-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu reajuste o valor do auxílio-alimentação instituído pela Lei Municipal nº 1076/2022."</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_32-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_32-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu instale faixas elevadas de pedestres na esquina entre as ruas 19 de Março e Padre Felipe."</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_no_33-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_no_33-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu realize melhorias no Bairro Colina."</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_34-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_34-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu realize estudos técnicos com a finalidade de realizar a limpeza da vegetação existente às margens das rodovias municipais."</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_35-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_35-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu realize a construção de um mini shopping e de uma rodoviária municipal no terreno pertencente ao município, anteriormente ocupado pelo antigo Clube Saudadense."</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_36-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_36-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu instale detectores de metais nas portarias de entrada de todos os estabelecimentos escolares do município."</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_37-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_37-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu realize a instalação de um parquinho infantil (playground) na comunidade de Linha Urutu."</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_no_38-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_no_38-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu tome providências junto à Sanepar para o fornecimento de água potável para os moradores da comunidade de Linha Queixinho."</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_39-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_39-2025.pdf</t>
   </si>
   <si>
     <t>"Indica que o Município de Saudade do Iguaçu providencie a sinalização viária das ruas localizadas no perímetro urbano da comunidade de Linha Urutu."</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_no_40-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_no_40-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que o Município de Saudade do Iguaçu providencie a pavimentação asfáltica da Rodovia Lurdes Moreira, localizada na Linha Biguá, até a interseção com a BR-158.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_41-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_41-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município de Saudade do Iguaçu adote providências junto à Companhia de Saneamento do Paraná (SANEPAR), visando solucionar as constantes faltas de água que afetam a população.”</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_42-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_42-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município de Saudade do Iguaçu providencie a reforma estrutural completa da Escola Municipal Padre Felipe.”</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_43-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_43-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município providencie, com urgência, a construção de uma área de escape nas margens da BR-158, na altura da entrada que dá acesso à Fazendinha, na comunidade de Nossa Senhora Aparecida.”</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_no_44-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_no_44-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município realize estudos técnicos para a implantação de uma Estação de Tratamento de Água (ETA) na comunidade de Alto Santa Rosa.”</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_no_45-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_no_45-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município, por meio da Secretaria Municipal de Agricultura, promova um levantamento técnico detalhado das propriedades produtoras de leite do município.”</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_no_46-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_no_46-2025.pdf</t>
   </si>
   <si>
     <t>“Indica que o Município realize reparos e melhorias na iluminação pública da Praça da Prefeitura Municipal, com atenção especial à área do playground.”</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/indicacao_no_47-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/indicacao_no_47-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que o Município restabeleça os plantões veterinários junto à Secretaria Municipal de Agricultura nos finais de semana e feriados.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_no_48-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_no_48-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal a retomada do Programa PACOTE AGRÍCOLA DE INVERNO, instituído pela Lei Municipal nº 1238, de 04 de dezembro de 2018."</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_no_49-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_no_49-2025.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal a realização de reforma estrutural no Posto de Saúde da Linha Urutu para viabilizar sua reabertura, bem como a reforma da cobertura do Centro de Saúde na sede do Município.”</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_no_50-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_no_50-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal a realização de reforma completa do Ginásio de Esportes São Silvestre, a fim de melhorar as condições de uso e promover a segurança e o bem-estar dos frequentadores."</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_no_51-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_no_51-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal, que sejam realizados estudos visando à construção de uma plataforma coberta de embarque e desembarque no portão de acesso ao Colégio Estadual Duque de Caxias."</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_no_52-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_no_52-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal que, junto à COPEL, seja solicitado o remanejamento do poste de alta tensão localizado na Rua José Valentin Schardozin, e que a Prefeitura Municipal realize a manutenção e a revitalização das margens da referida rua, onde ocorreu um desmoronamento de terra há alguns anos."</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_53-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_53-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal que disponibilize um número de telefone celular específico para urgências e emergências no Centro de Saúde do Município, que seja amplamente divulgado à população, tendo em vista os constantes transtornos causados pelo funcionamento inadequado do número 0800."</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no_54-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no_54-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal que dê prosseguimento aos projetos de perfuração de poços artesianos e à instalação da rede de distribuição de água potável em toda a área do Assentamento Nova Farturas."</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no_55-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no_55-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal que providencie o fornecimento de uniformes e equipamentos completos para os vigias do município."</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no_56-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no_56-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal a construção de um abrigo no ponto de ônibus próximo à residência do senhor José Neri de Oliveira, na Linha Biguá, zona rural deste município."</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no_57-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no_57-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal a construção de uma nova creche no município, a fim de atender à crescente demanda de vagas para crianças na faixa etária de 0 a 5 anos."</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_no_58-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_no_58-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal que seja disponibilizado um veículo para atendimento de urgência e emergência na comunidade de Linha Urutu, com funcionamento 24 horas junto ao posto de saúde local."</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_no_59-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_no_59-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a construção de guaritas nos locais públicos onde há atuação de vigias, proporcionando melhores condições de trabalho e segurança para esses profissionais."</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/indicacao_no_60-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/indicacao_no_60-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal a ampliação do Programa de Cisternas para Avicultura – Rumo à uma Agricultura Familiar Sustentável, instituído pela Lei Municipal nº 1.240/2018, de modo a contemplar novos avicultores, fortalecer a agricultura familiar e ampliar os benefícios ambientais e econômicos promovidos pelo programa."</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_no_61-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_no_61-2025.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal a construção de um abrigo coberto no ponto de ônibus localizado na entrada do Condomínio Ilhas do Iguaçu, visando oferecer melhores condições aos alunos que utilizam o transporte escolar."</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_no_62-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_no_62-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que efetive, de forma definitiva, o serviço de transporte escolar para os alunos matriculados na creche municipal.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_no_63-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_no_63-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que, por meio das Secretarias de Saúde, Educação e Assistência Social, realize estudos para a criação de uma equipe multidisciplinar voltada ao atendimento de alunos do município que possuem laudos ou estão em processo de investigação de transtornos do neurodesenvolvimento.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_64-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_64-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que estude a viabilidade de construir um barracão destinado à garagem e abrigo da frota de ônibus pertencente ao Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_65-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_65-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que estude a viabilidade de implantar cobertura permanente no espaço destinado à Feira Livre do Produtor Rural e do Artesanato de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_no_66-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_no_66-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que estude a viabilidade de encaminhar Projeto de Lei visando à criação do Programa “Dinheiro na Comunidade”, nos moldes da Lei nº 4.107, de 03 de abril de 2025, do Município de Chopinzinho/PR.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/indicacao_no_67-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/indicacao_no_67-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja gestionado, junto ao Deputado Estadual Pedro Paulo Bazzana, a liberação de recursos financeiros destinados à construção do Centro Dia do Idoso, ao fortalecimento do Programa "Dia Feliz" da APAE local e à elaboração de projeto para a extensão da Avenida Iguaçu, nos trechos compreendidos entre a Coasul e o Bairro Industrial, bem como do Parque do Lago até a entrada da residência do Sr. Idacir Bochio.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/indicacao_no_68-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/indicacao_no_68-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que determine à Secretaria Municipal de Assistência Social a realização de estudos visando à aquisição de uma máquina de fabricação de fraldas descartáveis – geriátricas e infantis – para posterior doação às pessoas em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_no_69-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_no_69-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de instalação de redutor de velocidade (quebra-molas) na Rua Nadir Peruzzo, no Bairro Nova Vida.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de instalação de abrigo no ponto de ônibus escolar localizado na esquina das ruas XV de Novembro e José Armin Matte, no perímetro urbano de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_no_71-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_no_71-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, por meio da Secretaria Municipal de Educação, que sejam realizados estudos visando a alteração do horário de funcionamento do Centro de Educação Infantil “Pequeno Anjo”, com início mais cedo e término mais tarde, ampliando o atendimento, mediante consulta aos pais e responsáveis.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_no_72-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_no_72-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam realizados estudos técnicos e vistorias pela Secretaria de Obras e Urbanismo quanto à acessibilidade das calçadas no centro da cidade, especialmente quanto às rampas de acesso entre o asfalto e as calçadas, visando garantir melhor mobilidade a pessoas com deficiência ou com dificuldade de locomoção.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_no_73-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_no_73-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que sejam realizados, com urgência, os devidos reparos na estrada principal que liga a comunidade de Santa Rosa à BR-158, passando pela comunidade de Alto Santa Rosa, até que o município se proponha a pavimentar a referida via com massa asfáltica.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_no_74-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_no_74-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que, por meio da Secretaria Municipal de Esporte e Cultura, sejam realizados reparos e melhorias na estrutura e na iluminação do campo de futebol da comunidade Nossa Senhora Aparecida – Assentamento Nova Fartura, zona rural do município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_no_75-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_no_75-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que seja realizado processo licitatório visando à contratação de serviço de colhedora de forragem para atendimento aos agricultores do município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_76-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_76-2025.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal que o Município de Saudade do Iguaçu retome os Programas Municipais de Construção de Unidades Habitacionais, buscando parcerias junto aos Governos Estadual e Federal, bem como avaliando a possibilidade de execução com recursos próprios, visando suprir a crescente demanda habitacional da população, especialmente através do Programa Minha Casa Minha Vida.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_77-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_77-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que estude a possibilidade de oferecer transporte público gratuito para os trabalhadores que necessitam se deslocar até as fábricas localizadas no distrito industrial, nas proximidades do Loteamento Martignago, com saída do Ginásio de Esportes São Silvestre, no Bairro Nova Vida.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_78-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_78-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que realize estudos para estender a iluminação pública na Rua Valentin Olivo, que já é pavimentada, mas possui iluminação parcial. A via é de grande circulação, dá acesso à Câmara Municipal e ao Loteamento Trento, sendo utilizada por moradores e frequentadores da academia, especialmente à noite.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_79-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_79-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que, através da Secretaria Municipal de Agricultura, seja realizada a aquisição de uma Vassoura Coletora Hidráulica para limpeza e varrição de aviários, acoplável em mini carregadeiras (Bobcat ou similares), visando otimizar a higienização do ambiente, promover a retirada de resíduos e garantir um ambiente adequado para a criação aviária.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_80-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_80-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que promova estudos para efetuar a readequação de toda a extensão das calçadas da Rua 19 de Março, com a devida pavimentação em "paver", visando maior segurança e acessibilidade aos pedestres que utilizam essa via.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_81-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_81-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que promova a realização de Teste Seletivo para contratação de Motoristas para as Secretarias de Saúde, Educação e Viação, Obras e Urbanismo, bem como Operadores de Máquinas e outros cargos necessários para suprir a demanda dos serviços públicos municipais.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_no_82-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_no_82-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que realize estudos no sentido de identificar a necessidade de troca das coberturas ou da instalação de exaustores nos Centros Comunitários localizados nas comunidades do interior, com vistas a proporcionar maior conforto térmico e estrutural aos ambientes e melhorar a infraestrutura dos locais.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>EMERSON MARTIGNAGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_no_83-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_no_83-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que promova melhorias junto ao Centro de Saúde do Município.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_no_84-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_no_84-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que promova melhorias na iluminação pública do Parque do Lago, bem como realize a instalação de um sistema de monitoramento por câmeras no local, visando ampliar a segurança, inibir práticas ilícitas e garantir maior tranquilidade aos frequentadores.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_85-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_85-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que promova estudos técnicos e orçamentários visando à pavimentação asfáltica do trecho restante da estrada vicinal que liga a comunidade de Linha Baggio à estrada vicinal do Banco da Terra.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_86-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_86-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que promova estudos visando à instalação de um redutor de velocidade (quebra-molas) na Rua José Valentim Schardozin, no trecho compreendido entre as ruas Padre Felipe e Alfides Marangon.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine a realização de estudos técnicos visando à substituição e modernização do sistema de monitoramento por câmeras do Centro Municipal de Educação Infantil – CMEI Pequeno Anjo, tendo em vista que o sistema atualmente instalado encontra-se defasado, obsoleto e com baixa eficiência, comprometendo a segurança e a integridade da unidade escolar.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_88-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_88-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine à Secretaria competente a realização de estudos técnicos com vistas à extensão da rede de iluminação pública no Loteamento Campos, localizado no perímetro urbano do Município</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_89-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_89-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que, por meio da Secretaria de Esporte e Cultura, promova reparos na iluminação do campo de futebol com gramado sintético localizado na comunidade de Santa Rosa, bem como realize a regulagem da iluminação existente no campo de futebol de grama natural da mesma localidade.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que realize estudos no sentido de viabilizar a construção de banheiros públicos e a instalação de bebedouros com fornecimento de água potável em pontos estratégicos do perímetro urbano do município, com destaque para a área externa do pátio da Escola Municipal Padre Felipe, de modo a permitir o acesso ao público em geral, sem necessidade de entrada ao recinto escolar.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal que seja efetuado um estudo técnico com o objetivo de identificar os pontos estratégicos ao longo da margem do Lago da Usina Hidrelétrica Salto Santiago, dentro dos limites territoriais do Município, para posterior construção de rampas de acesso voltadas ao uso turístico e recreativo.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_92-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_92-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização de estudos técnicos visando à implantação de faixas elevadas de travessia de pedestres na Rua Alfides Marangon, nas proximidades do Colégio Estadual Duque de Caxias, no perímetro urbano do município.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_no_93-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_no_93-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que, por meio da Secretaria Municipal competente, sejam adotadas providências para a execução de reparos nas ruas e calçadas do Bairro Harmonia, com o objetivo de sanar os danos deixados pela empresa responsável pelas obras de saneamento naquela localidade.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_no_94-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_no_94-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que, por meio do setor competente, sejam adotadas providências para a instalação de guarda-corpo (barreira de proteção) na esquina das ruas Padre Felipe e Hilário Salvatori, no Município de Saudade do Iguaçu, a fim de garantir maior segurança a pedestres e veículos que transitam pelo local.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_no_95-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_no_95-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que adote as providências necessárias, junto à Companhia Paranaense de Energia – COPEL, no sentido de viabilizar a realocação da rede elétrica de alta tensão instalada na Rua Alfides Marangon, especificamente no trecho frontal ao Colégio Estadual Duque de Caxias, transferindo-a para o lado oposto da via pública.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_no_96-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_no_96-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine ao departamento competente a adoção de medidas administrativas necessárias para dar início ao procedimento licitatório visando à aquisição de dois pulverizadores agrícolas completos, conforme as especificações técnicas descritas e os recursos já assegurados por meio de emenda parlamentar da Deputada Estadual Luciana Rafagnin (PT), conforme solicitado pelo vereador autor por meio dos Ofícios nº 019/2025 – GPVJPH e nº 020/2025 – GPVJPH.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_no_97-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_no_97-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que, por meio da Secretaria Municipal de Saúde, sejam adotadas as providências necessárias para estender o horário de funcionamento da farmácia básica municipal instalada no Centro de Saúde, que estude a viabilidade da disponibilização de atendimento médico em regime de 24 horas no Centro de Saúde Municipal e que realize campanha institucional de conscientização da população sobre a importância da devolução, à farmácia do município, de medicamentos não utilizados e ainda dentro do prazo de validade.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_98-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_98-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine ao Departamento de Engenharia da Municipalidade a realização de estudo técnico visando à instalação de redutores de velocidade (quebra-molas) em pontos estratégicos ao longo de toda a extensão da pavimentação asfáltica implantada na Comunidade de Linha Urutu, obra executada em parceria com a Itaipu Binacional.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_99-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_99-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine às Secretarias competentes a retomada e plena execução do Programa “Distribuição de Postes”, instituído pela Lei Municipal nº 1.169, de 21 de março de 2018, destinado a atender os agricultores familiares do Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_no_100-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_no_100-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine à Secretaria Municipal de Saúde a realização de estudos técnicos e administrativos com vistas à viabilização da oferta de atendimento médico especializado em ortopedia, com presença de profissional da área no Centro de Saúde Municipal ao menos uma vez por semana.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_no_101-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_no_101-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine ao Departamento de Engenharia e Trânsito a realização de estudos técnicos e viários visando à transformação do trecho da Rua Padre Felipe, compreendido entre a Avenida Iguaçu e a Rua 19 de Março, em via de sentido único de circulação (mão única), considerando as condições de tráfego e a necessidade de garantir segurança no entorno da Escola Municipal Padre Felipe.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_no_102-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_no_102-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização de estudos e providências visando à aquisição, por parte do Município, de um britador móvel, a ser incorporado à frota da Secretaria Municipal de Viação e Obras.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_no_103-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_no_103-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine às Secretarias competentes a realização de estudos técnicos, financeiros e orçamentários visando à criação de programa municipal de incentivo à construção de silos de silagem de concreto, por meio de subsídio parcial ou total aos agricultores interessados, com foco no fortalecimento da bovinocultura leiteira do Município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_no_103-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_no_103-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização de estudos técnicos, sociais, financeiros e orçamentários visando a criação de um Programa Municipal de Distribuição de Caixas de Água destinado às famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_no_105-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_no_105-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização de estudos técnicos, financeiros e orçamentários visando à criação de um Programa Municipal de Distribuição de Calcário aos agricultores do Município de Saudade do Iguaçu, em substituição ao atual pacote agrícola. Propõe-se que os recursos para execução do programa sejam oriundos do orçamento municipal e, de forma complementar, que o Poder Legislativo avalie a possibilidade de realizar devoluções de recursos economizados ao final do exercício, para reforçar o orçamento destinado a essa finalidade.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_no_106-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_no_106-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a elaboração de estudos técnicos e de mobilidade urbana visando à criação de vagas de estacionamento específicas para motocicletas e para carga e descarga de mercadorias no centro do perímetro urbano do Município, com ênfase na Avenida Iguaçu, onde está concentrada a maior parte da área comercial.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/indicacao_no_107-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/indicacao_no_107-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine à Secretaria Municipal de Administração ou ao setor competente a realização de estudos e a adoção das providências necessárias para o fornecimento de marmitas ou refeições prontas aos servidores públicos municipais que desempenham suas atividades em jornadas contínuas ou ininterruptas, em especial os vigias, servidores da saúde que atuam em regime de plantão e os servidores lotados no setor rodoviário que realizam suas funções em locais distantes da sede do Município, conforme previsto na legislação vigente.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_108-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_108-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização de estudos visando à retomada do Programa Municipal de Fornecimento de Cursinho Pré-Vestibular gratuito aos munícipes, com o objetivo de ampliar o acesso ao ensino superior e qualificação profissional.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_108-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_108-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a execução de serviços de nivelamento e travamento da pavimentação asfáltica realizada na Comunidade de Linha Urutu, obra executada em parceria com a Itaipu Binacional.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_110-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_110-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização da mudança da rede elétrica que abastece a Secretaria Municipal de Agricultura, localizada na Rua 19 de Março, em razão da baixa altura da fiação, que vem causando dificuldades e riscos ao trânsito de máquinas e equipamentos agrícolas, inclusive das próprias máquinas pertencentes à frota municipal, que acabam enroscando nos cabos.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_111-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_111-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que inicie os procedimentos licitatórios necessários para a aquisição de equipamentos e execução de obras, conforme recursos alocados pelo Deputado Federal Aliel Machado (PV) e já formalmente destinados em favor do Município de Saudade do Iguaçu, destinados ao fortalecimento da agricultura familiar e à infraestrutura comunitária do município.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_112-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_112-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a disponibilização da oficina mecânica municipal, bem como dos profissionais mecânicos do quadro do Município, para atender, de forma organizada e mediante cronograma, às associações de agricultores de Saudade do Iguaçu, prestando suporte em eventuais reparos no maquinário e nos implementos agrícolas de uso coletivo. Ressalta-se que as peças e materiais necessários às manutenções serão de responsabilidade das próprias associações, cabendo ao Município apenas a mão de obra e a estrutura da oficina.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/indicacao_no_113-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/indicacao_no_113-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a instalação de um redutor de velocidade (quebra-molas) na Avenida Iguaçu, no trecho compreendido entre as ruas Armin Matte e Victor Cenci, no perímetro urbano de Saudade do Iguaçu, na pista de rolamento sentido Coasul – Centro.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_114-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_114-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a execução de serviços de revitalização das ruas e das calçadas da Comunidade de Linha Urutu, visando à melhoria da infraestrutura urbana e da segurança dos moradores e transeuntes.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_115-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_115-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a retomada do Festival “Canta Saudade”, evento cultural tradicional de Saudade do Iguaçu, voltado exclusivamente à participação de artistas locais, com o objetivo de valorizar e incentivar os talentos musicais do próprio município.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/indicacao_no_116-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/indicacao_no_116-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a criação de um programa municipal de subsídio para os produtores rurais, destinado a cobrir 30% do custo das horas-máquina utilizadas na colheita da silagem, com vistas a apoiar a bovinocultura leiteira e garantir a sustentabilidade da produção rural no município.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_117-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_117-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes da Administração a instalação de um redutor de velocidade (quebra-molas) na Rua Jacinto Mendes, em frente à Associação da Água da Comunidade de Linha Urutu, neste município.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_118-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_118-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização de estudos técnicos, ćnanceiros e administrativos visando à aquisição de um caminhão Munck para utilização pela Secretaria Municipal de Viação e Obras.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que determine, com a maior brevidade possível, a elaboração e implementação da regulamentação municipal da Lei Federal nº 15.250/2025, que dispõe sobre a atividade de Condutor de Ambulância.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_120-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_120-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que realize estudos técnicos e orçamentários visando à instalação de um playground infantil na comunidade de Linha Urutu.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_01-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação das contas do Poder Executivo de Saudade do Iguaçu/PR, referente ao exercício financeiro de 2023 de responsabilidade de Darlei Trento”.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/01-_projeto_de_lei_complementar_no_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/01-_projeto_de_lei_complementar_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a ceder em forma de Concessão de Direito Real de Uso de imóvel, com benfeitorias no ramo de panificação, de propriedade do Município de Saudade do Iguaçu, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/01-_projeto_de_lei_complementar_no_02-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/01-_projeto_de_lei_complementar_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir lote urbano nº 260 da quadra nº 11, do loteamento sede, com área de 500,00 m2, transcrito na matricula nº 4506, do Registro de Imóveis da Comarca de Chopinzinho, incluindo uma edificação em madeira simples, sem averbação na matricula, com metragem aproximada de 95,00 m2, localizada na Rua XV de Novembro nº 1909, neste Município de Saudade do Iguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>DELCI BAZZANELLA NATH, DIEGO TRINDADE, JOÃO PEDRO HARTMANN, LAUDEMIR PIONTKOSKI - CARECONE</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/proposta_de_emenda_a_lom_no_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/proposta_de_emenda_a_lom_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera a alínea "b" do inciso VIII do artigo 124 da Lei Orgânica do Município de Saudade do Iguaçu/PR.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/981/01-_projeto_de_lei_legislativo_no_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/981/01-_projeto_de_lei_legislativo_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos para manutenção e conserto de equipamentos, máquinas e veículos pertencentes ao Município de Saudade do Iguaçu, estabelece a obrigatoriedade de emissão de relatórios técnicos e dá outras providências.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/980/01-_projeto_de_lei_legislativo_02-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/980/01-_projeto_de_lei_legislativo_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Vereadores de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/987/pll_03_-2025_-_plotagem.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/987/pll_03_-2025_-_plotagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do uso de adesivo de identificação nos veículos oficiais do Poder Executivo de Saudade do Iguaçu/PR e dá outras providências.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/999/pll_04-2025_alex_-_tea.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/999/pll_04-2025_alex_-_tea.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a identificação de residências de pessoas com transtorno do espectro autista (TEA) e estabelece medidas de proteção contra poluição sonora no município de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/pll_no_05-2025_-_reajuste_salarial.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/pll_no_05-2025_-_reajuste_salarial.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo Nº 05/2025, de 13 de março de 2025, que dispõe sobre a revisão dos vencimentos dos servidores municipais do Poder Legislativo de Saudade do Iguaçu.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_legislativo_no_06-2025_-_jovem_aprendiz_-_joao_pedro_hartmann.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_legislativo_no_06-2025_-_jovem_aprendiz_-_joao_pedro_hartmann.pdf</t>
   </si>
   <si>
     <t>"Institui o selo 'Empresa Amiga do Jovem Aprendiz' no âmbito do Município de Saudade do Iguaçu e dá outras providências."</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/pll_07-2025_-_cemiterio.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/pll_07-2025_-_cemiterio.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 7º da Lei Municipal nº 1.255/2019, que dispõe sobre a regulamentação e uso do Cemitério Municipal de Saudade do Iguaçu/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_legislativo_no_08-2025_-_servidor_pai_de_autista_-_emerson_martignago.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_legislativo_no_08-2025_-_servidor_pai_de_autista_-_emerson_martignago.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 08, de 06 de agosto de 2025, que “dispõe sobre a autorização de ausência do servidor público municipal para acompanhamento e cuidado de filho(a) com Transtorno do Espectro Autista (TEA), e dá outras providências”.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/pll_09-2025_-_brucelose.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/pll_09-2025_-_brucelose.pdf</t>
   </si>
   <si>
     <t>Altera o § 1º do Art. 5º da Lei nº 588/2010, atualizando os valores de reembolso aos produtores rurais que tiverem animais sacrificados em razão da tuberculose ou brucelose, bem como estabelece a correção anual dos valores pelo INPC/IBGE</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/pll_10-2025_-_up_sindicato.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/pll_10-2025_-_up_sindicato.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o Sindicato dos Trabalhadores Rurais de Saudade do Iguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_legislativo_11-2025_-_homemagen_servidores_publicos.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_legislativo_11-2025_-_homemagen_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>Institui homenagem ao servidor público municipal aposentado do Município de Saudade do Iguaçu – PR., e dá outras providências.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_legislativo_12-2025_-_dispoe_sobre_a_obrigatoriedade_cameras.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_legislativo_12-2025_-_dispoe_sobre_a_obrigatoriedade_cameras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da instalação de câmeras de monitoramento nas salas de aula de todas as unidades de ensino da rede municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/02-_projeto_de_lei_legislativo_no_13-2025_-_processo_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/02-_projeto_de_lei_legislativo_no_13-2025_-_processo_completo.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade de publicação das listas de pacientes que aguardam atendimento para consultas com médicos especialistas, exames e procedimentos cirúrgicos na rede pública de saúde do Município de Saudade do Iguaçu – PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_legislativo_no_014-2025_-_processo_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_legislativo_no_014-2025_-_processo_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da presença de equipe de saúde e ambulância em todos os eventos esportivos, culturais e de recreação promovidos, organizados, realizados ou apoiados pelo Município de Saudade do Iguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>ALEXANDRO BETT - ALEX, DELCI BAZZANELLA NATH, DIEGO TRINDADE, DIVONEI PANIZZON, EDELVAN LAZARE, EMERSON MARTIGNAGO, JOÃO PEDRO HARTMANN, LAUDEMIR PIONTKOSKI - CARECONE, VALDIR BAGESTON DE RAMOS - DEGO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_legislativo_no_015-2025_-_processo_completo.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_legislativo_no_015-2025_-_processo_completo.pdf</t>
   </si>
   <si>
     <t>Reconhece a União de Câmaras, Vereadores e Gestores Públicos do Paraná – UVEPAR como entidade representativa da Câmara Municipal de Vereadores de Saudade do Iguaçu/PR e dá outras providências.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CE - COMISSÃO ESPECIAL</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/975/04-_parecer_da_comissao_especial.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/975/04-_parecer_da_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei 01/2025.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/995/02-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/995/02-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça favorável ao Projeto de Lei Legislativo nº 01/2025.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/996/02-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/996/02-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei Complementar Nº 02/2025.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/997/02-_parecer_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/997/02-_parecer_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei Legislativo Nº 03/2025.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/998/03-_parecer_conjunto_favoravel.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/998/03-_parecer_conjunto_favoravel.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 02/2025.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/parecer_no_06-2025__-_pl_03-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/parecer_no_06-2025__-_pl_03-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 003/2025 de autoria do Chefe do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_no_07-2025__-_pll_04-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_no_07-2025__-_pll_04-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça favorável à aprovação do Projeto de Lei Legislativo Nº 04/2025.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_no_08-2025__-_pll_05-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_no_08-2025__-_pll_05-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL AO PROJETO DE LEI LEGISLATIVO Nº 05/2025</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_no_09-2025__-_pl_05-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_no_09-2025__-_pl_05-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL AO PROJETO DE LEI Nº 005/2025</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/parecer_no_10-2025__-_pl_06-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/parecer_no_10-2025__-_pl_06-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL AO PROJETO DE LEI Nº 006/2025</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/parecer_no_11-2025__-_emenda_lom_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/parecer_no_11-2025__-_emenda_lom_01-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão CCJ favorável à aprovação da Proposta de Emenda à Lei Orgânica Nº 01/2025.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/parecer_no_12-2025__-_parecer_pl_04-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/parecer_no_12-2025__-_parecer_pl_04-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei nº 04/2025.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/parecer_no_13-2025__-_veto__01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/parecer_no_13-2025__-_veto__01-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça contrário à aprovação da Mensagem de Veto Nº 01/2025.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/parecer_14-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/parecer_14-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, DE FINANÇAS E ORÇAMENTO E DE AGRICULTURA, EMPREGO, RENDA E MEIO AMBIENTE FAVORÁVEL AO PROJETO DE LEI Nº 08/2025.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/parecer_no_15-2025__-_pl_07-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/parecer_no_15-2025__-_pl_07-2025.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento contrário à aprovação do Projeto de Lei Nº 07/2025.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_no_16-2025__-_pl_11-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_no_16-2025__-_pl_11-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 011/2025.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/parecer_17-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/parecer_17-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Agricultura, Emprego e Renda e Meio Ambiente, favorável à aprovação do Projeto de Lei Nº 012/2025, na forma do Substitutivo Nº 01/2025.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/parecer_no_18-2025__-_pl_14-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/parecer_no_18-2025__-_pl_14-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 014/2025.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_19-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_19-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 015/2025.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI LEGISLATIVO Nº 06/2025.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_no_21-2025_-_pl_17.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_no_21-2025_-_pl_17.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI 017/2025.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/parecer_no_22-2025_-_plc_01.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/parecer_no_22-2025_-_plc_01.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO ESPECIAL NOMEADA PELA PORTARIA Nº 014/2025 FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI COMPLEMENTAR Nº 01/2025 COM EMENDA SUPRESSIVA Nº 01/2025.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>CE - COMISSÃO ESPECIAL - PLC 02/2025</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_no_23-2025_-_plc_02.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_no_23-2025_-_plc_02.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO ESPECIAL NOMEADA PELA PORTARIA Nº 015/2025 FAVORÁVEL AO Projeto de Lei Complementar nº 02/2025.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/parecer_no_24-2025_-_ao_pl_16-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/parecer_no_24-2025_-_ao_pl_16-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO, FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 016/2025.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/parecer_no_25-2025_-_ao_pll_07-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/parecer_no_25-2025_-_ao_pll_07-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça favorável à aprovação do Projeto de Lei Legislativo nº 07/2025.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_no_26-2025_-_ao_pl_18-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_no_26-2025_-_ao_pl_18-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 018/2025.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/parecer_no_27-2025_-_ao_pl_22-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/parecer_no_27-2025_-_ao_pl_22-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento, favorável à aprovação do Projeto de Lei Nº 022/2025.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, COSPU - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS E URBANISMO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/parecer_no_28-2025_-_ao_pl_20-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/parecer_no_28-2025_-_ao_pl_20-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Obras, Serviços públicos e Urbanismo favorável à aprovação do Projeto de Lei Nº 020/2025.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/parecer_no_29-2025_-_ao_pl_23-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/parecer_no_29-2025_-_ao_pl_23-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 023/2025</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/parecer_no_30-2025_-_ao_pl_24-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/parecer_no_30-2025_-_ao_pl_24-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistencia Social favorável à aprovação do Projeto de Lei Nº 024/2025</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/parecer_no_31-2025_-_ao_pl_26-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/parecer_no_31-2025_-_ao_pl_26-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistencia Social favorável à aprovação do Projeto de Lei Nº 026/2025</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/parecer_no_32-2025_-_ao_pl_28-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/parecer_no_32-2025_-_ao_pl_28-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 028/2025.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/parecer_no_33-2025_-_ao_pll_08-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/parecer_no_33-2025_-_ao_pll_08-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e justiça favorável à aprovação do PLL 08/2025.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>Parecer Conjutno das Comissões de Constituição e Justiça (CCJ) e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 027/2025.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça (CCJ) e de Agricultura, Emprego, Renda e Meio Ambiente favorável à aprovação do Projeto de Lei Legislativo Nº 09/2025.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça favorável à aprovação do Projeto de Lei Legislativo Nº 10/2025.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>Parecer Favorável referente ao Projeto de Lei Legislativo nº 11/2025, de autoria da Vereadora Delci Bazzanella Nath, cuja súmula dispõe: “Institui homenagem ao servidor público municipal aposentado do Município de Saudade do Iguaçu e dá outras providências”.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei Legislativo nº 012/2025, de autoria do Vereador João Pedro Hartmann, que “Dispõe sobre a obrigatoriedade da instalação de câmeras de monitoramento nas salas de aula de todas as unidades de ensino da rede municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/parecer_39-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/parecer_39-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento, favorável à aprovação do Projeto de Lei nº 032/2025.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_40-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_40-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento, favorável à aprovação do Projeto de Lei nº 033/2025.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/6-_parecer_41-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/6-_parecer_41-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto favorável ao Projeto de Lei nº 031/2025, na forma do Substitutivo nº 02/2025, que institui os Programas Municipais de Valorização da Indústria, Comércio e Serviço Local – Raspou Ganhou e COMÉRCIO FORTE, CONSUMIDOR COM SORTE.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>CAERMA - COM. AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE, CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, COSPU - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS E URBANISMO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/12-_parecer_42-2025_-_ppa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/12-_parecer_42-2025_-_ppa.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, DE FINANÇAS E ORÇAMENTO, DE OBRAS, SERVIÇOS PÚBLICOS E URBANISMO, DE EDUCAÇÃO, SAÚDE E ASSITÊNCIA SOCIAL E DE AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE FAVORÁVEL AO PROJETO DE LEI 019/2025.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/parecer_43-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/parecer_43-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, DE FINANÇAS E ORÇAMENTO, DE OBRAS, SERVIÇOS PÚBLICOS E URBANISMO, DE EDUCAÇÃO, SAÚDE E ASSITÊNCIA SOCIAL E DE AGRICULTURA, EMPREGO E RENDA E MEIO AMBIENTE FAVORÁVEL AO PROJETO DE LEI Nº 029/2025.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/parecer_44-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/parecer_44-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 030/2025.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_45-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_45-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 034/2025.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_46-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_46-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA E DE FINANÇAS E ORÇAMENTO FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 035/2025.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/parecer_47-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/parecer_47-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 037/2025.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/parecer_48-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/parecer_48-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento, favorável à aprovação do Projeto de Lei Nº 038/2025.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/parecer_49-2025_-_rejeicao_do_veto.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/parecer_49-2025_-_rejeicao_do_veto.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça pela rejeição da Mensagem de Veto Nº 02/2025, que veta totalmente o Projeto de Lei Nº 031/2025 na forma do Substitutivo Nº 02/2025.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/parecer_50-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/parecer_50-2025.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 039/2025.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1221/parecer_51-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1221/parecer_51-2025.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 041/2025.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1222/parecer_52-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1222/parecer_52-2025.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Legislarivo Nº 013/2025.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1228/parecer_53-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1228/parecer_53-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 043/2025.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Educação, Saúde e Assistência Social, favorável à aprovação do Projeto de Lei Legislativo 014/2025.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Legislativo Nº 015/2025.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 044/2025</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça, de Finanças e Orçamento e de Educação, Saúde e Assistência Social favorável à aprovação do Projeto de Lei Nº 046/2025.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1242/parecer_59-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1242/parecer_59-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 047/2025.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1243/parecer_60-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1243/parecer_60-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 036/2025, com Emenda Modificativa Nº 01/2025 e Emenda Supressiva Nº 02/2025..</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1250/parecer_61-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1250/parecer_61-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 045/2025, com a Emenda Modificativa Nº 02/2025.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer_62-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer_62-2025.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 048/2025</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_63-2025_-_veto.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_63-2025_-_veto.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça contrário à Mensagem de Veto Nº 03/2025.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_64-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_64-2025.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE CONSTITUIÇÃO E JUSTIÇA, DE FINANÇAS E ORÇAMENTOS E DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL FAVORÁVEL À APROVAÇÃO DO PROJETO DE LEI Nº 049/2025.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_65-2025_-_veto.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_65-2025_-_veto.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça contrário à aprovação da Mensagem de Veto Nº 04/2025.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_66-2025_-_veto.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_66-2025_-_veto.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça pela Rejeição da Mensagem de Veto Nº 05/2025.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1238/emenda_modificativa_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1238/emenda_modificativa_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos Arts. 4º e 7º do Projeto de Lei 036/2025.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1248/emenda_modificativa_02-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1248/emenda_modificativa_02-2025.pdf</t>
   </si>
   <si>
     <t>Altera os arts. 19 e 22 do Projeto de Lei nº 045/2025.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/emenda_supressiva_no_01-2025_ao_plc_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/emenda_supressiva_no_01-2025_ao_plc_01-2025.pdf</t>
   </si>
   <si>
     <t>Suprime os incisos I e II do artigo 2º do  Projeto de Lei Complementar Nº 01/2025.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1239/emenda_supressiva_02-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1239/emenda_supressiva_02-2025.pdf</t>
   </si>
   <si>
     <t>Suprime dotação orçamentária de Ressarcimento de Despesas de Pessoal Requisitado e realoca para Vencimentos e Vantagens Fixas do Pessoal Civil no Projeto de Lei Nº 036/2025.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/substitutivo_no_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/substitutivo_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Substitui o texto original do Projeto de Lei Nº 012/2025 que altera a nomenclatura do Conselho Municipal de Meio Ambiente – CMA e do Fundo Municipal de Meio Ambiente – FMA de Saudade do Iguaçu, bem como altera a Lei nº 504/2009, e dá outras providências.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/4-_substitutivo__02-2025_-_projeto_de_lei_31-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/4-_substitutivo__02-2025_-_projeto_de_lei_31-2025.pdf</t>
   </si>
   <si>
     <t>Subistitui o texto original do Projeto de Lei Nº 031/2025.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Regime de Urgência</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/04-_oficio_solicitando_a_tramitacao_em_regime_de_urgencia_do_projeto_de_lei_no_018-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/04-_oficio_solicitando_a_tramitacao_em_regime_de_urgencia_do_projeto_de_lei_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Ofício nº 1- 065/2025, do Prefeito Municipal solicitando a tramitação em Regime de Urgência do Projeto de Lei Nº 018/2025, pelo motivo de que a administração municipal tem um prazo de 90 dias a contar da data de 06/06/2025 para formalizar a contratação da aquisição do ônibus escolar (conforme Autorização nº. 1265/2025 CGCOM/DIRAD/FNDE em anexo), e para tanto, necessitamos que a aprovação da suplementação orçamentária prevista no referido projeto de lei ocorra antes do período de recesso parlamentar.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/01-_projeto_de_lei_no_022-2025_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/01-_projeto_de_lei_no_022-2025_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Ofício 070/2025, de autoria do Prefeito Municipal encaminhando para a apreciação em regime de urgência o Projeto de Lei Nº 022/2025 que Autoriza a abertura de um Crédito Adicional Suplementar no Orçamento Geral do Município de Saudade do Iguaçu, Estado do Paraná para o exercício financeiro de 2025 no valor de R$ 3.850.635,24 (três milhões, oitocentos e cinquenta mil, seiscentos e trinta e cinco reais e vinte e quatro centavos).</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_repudio_no_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_repudio_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à Ação Direta de Inconstitucionalidade Nº 7796, ajuizada pela Federação Brasileira das Associações de Síndrome de Dawn, e de apoio à manutenção das Escolas Especializadas de Educação Especial.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Moção de Apelo em defesa da produção nacional de leite, requerendo medidas de proteção aos produtores e equilíbrio nos preços do setor.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/mocao_no_03-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/mocao_no_03-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao Decreto nº 12.686/2025 e de Apoio ao Projeto de Decreto Legislativo nº 845/2025, em defesa da educação inclusiva e do atendimento especializado prestado pelas APAEs.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>MVT</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_de_veto_no_01-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_de_veto_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Veta  os §2º e § 3º do Art. 2º e o Art. 3º  do Projeto de Lei Legislativo 003/2025.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/7-_mensagem_de_veto_no_02-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/7-_mensagem_de_veto_no_02-2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE PROJETO DE LEI Nº 031/2025, NA FORMA DO SUBSTITUTIVO Nº 02/2025.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1249/mensagem_de_veto_ao_projeto_de_lei_legislativo_no_013-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1249/mensagem_de_veto_ao_projeto_de_lei_legislativo_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Veta integralmente o PROJETO DE LEI LEGISLATIVO Nº 13/2025.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1253/mensagem_de_veto_no_04-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1253/mensagem_de_veto_no_04-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO 04/2025 de autoria do Chefe do Poder Executivo que veta integralmente as Emendas Modificativa nº 01/2025 e Supressiva nº 02/2025, relativas ao Projeto de Lei nº 036/2025, que dispõe sobre a Lei Orçamentária Anual do Município para o exercício de 2026.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1254/mensagem_de_veto_05-2025.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1254/mensagem_de_veto_05-2025.pdf</t>
   </si>
   <si>
     <t>Veta integralmente o Projeto de Lei Legislativo nº 14, de 11 de novembro de 2025, de autoria do Vereador Edelvan Lazare, que “Dispõe sobre a_x000D_
 obrigatoriedade da presença de equipe de saúde e ambulância em todos os eventos esportivos, culturais e de recreação promovidos, organizados, realizados ou apoiados pelo Município de Saudade do Iguaçu, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3409,67 +3409,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/974/01-_projeto_de_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/988/01-_projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/994/01-_projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/01-_projeto_de_lei_04-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/01-_projeto_de_lei_07-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/03-_projeto_de_lei_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/03-_projeto_de_lei_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/01-_projeto_de_lei_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/01-_projeto_de_lei_no_0132025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/01-_pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/01-_projeto_de_lei_no_015-2025_-_abertura_de_credit.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/01-_projeto_de_lei_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/01-_projeto_de_lei_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/01-_projeto_de_lei_no_018-2025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/processo_completo_pl_19-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/processo_completo_-_projeto_de_lei_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/processo_completo_-_pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/processo_completo_-_pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/processo_completo_-_projeto_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/processo_completo_-_projeto_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/processo_completo_-_projeto_de_lei_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/processo_completo_-_pl_27-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/processo_completo_-_projeto_de_lei_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/processo_completo_do_pl_29-2025_-_ldo_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/processo_completo_do_pl_30-2025_-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/1-_pl_31-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/pl_32-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/01-_projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/processo_completo_-__pl_34-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/processo_completo_-__pl_35-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_36-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/processo_completo_-_projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/01-_pl_38-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/2-_projeto_de_lei_039_2025_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1230/01-_projeto_de_lei_40-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/01-_projeto_de_lei_41-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_42-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1223/2-_projeto_de_lei_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no_044-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1247/1-_projeto_de_lei_45-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no_046-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_47-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1245/01-_projeto_de_lei_no_048-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1255/pl_49-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/requerimento_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/requerimento_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/indicacao_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/indicacao_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/indicacao_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/indicacao_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_no_74-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_no_75-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_76-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_78-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_79-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_80-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_no_82-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_no_83-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_no_93-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/indicacao_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/indicacao_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/indicacao_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/01-_projeto_de_lei_complementar_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/01-_projeto_de_lei_complementar_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/proposta_de_emenda_a_lom_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/981/01-_projeto_de_lei_legislativo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/980/01-_projeto_de_lei_legislativo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/987/pll_03_-2025_-_plotagem.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/999/pll_04-2025_alex_-_tea.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/pll_no_05-2025_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_legislativo_no_06-2025_-_jovem_aprendiz_-_joao_pedro_hartmann.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/pll_07-2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_legislativo_no_08-2025_-_servidor_pai_de_autista_-_emerson_martignago.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/pll_09-2025_-_brucelose.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/pll_10-2025_-_up_sindicato.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_legislativo_11-2025_-_homemagen_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_legislativo_12-2025_-_dispoe_sobre_a_obrigatoriedade_cameras.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/02-_projeto_de_lei_legislativo_no_13-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_legislativo_no_014-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_legislativo_no_015-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/975/04-_parecer_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/995/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/996/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/997/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/998/03-_parecer_conjunto_favoravel.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/parecer_no_06-2025__-_pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_no_07-2025__-_pll_04-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_no_08-2025__-_pll_05-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_no_09-2025__-_pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/parecer_no_10-2025__-_pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/parecer_no_11-2025__-_emenda_lom_01-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/parecer_no_12-2025__-_parecer_pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/parecer_no_13-2025__-_veto__01-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/parecer_14-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/parecer_no_15-2025__-_pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_no_16-2025__-_pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/parecer_17-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/parecer_no_18-2025__-_pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_19-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_no_21-2025_-_pl_17.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/parecer_no_22-2025_-_plc_01.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_no_23-2025_-_plc_02.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/parecer_no_24-2025_-_ao_pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/parecer_no_25-2025_-_ao_pll_07-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_no_26-2025_-_ao_pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/parecer_no_27-2025_-_ao_pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/parecer_no_28-2025_-_ao_pl_20-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/parecer_no_29-2025_-_ao_pl_23-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/parecer_no_30-2025_-_ao_pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/parecer_no_31-2025_-_ao_pl_26-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/parecer_no_32-2025_-_ao_pl_28-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/parecer_no_33-2025_-_ao_pll_08-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/parecer_39-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_40-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/6-_parecer_41-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/12-_parecer_42-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/parecer_43-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/parecer_44-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_45-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_46-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/parecer_47-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/parecer_48-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/parecer_49-2025_-_rejeicao_do_veto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/parecer_50-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1221/parecer_51-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1222/parecer_52-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1228/parecer_53-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1242/parecer_59-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1243/parecer_60-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1250/parecer_61-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer_62-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_63-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_64-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_65-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_66-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1238/emenda_modificativa_01-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1248/emenda_modificativa_02-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/emenda_supressiva_no_01-2025_ao_plc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1239/emenda_supressiva_02-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/substitutivo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/4-_substitutivo__02-2025_-_projeto_de_lei_31-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/04-_oficio_solicitando_a_tramitacao_em_regime_de_urgencia_do_projeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/01-_projeto_de_lei_no_022-2025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_repudio_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/mocao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_de_veto_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/7-_mensagem_de_veto_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1249/mensagem_de_veto_ao_projeto_de_lei_legislativo_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1253/mensagem_de_veto_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1254/mensagem_de_veto_05-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/974/01-_projeto_de_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/988/01-_projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/994/01-_projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/01-_projeto_de_lei_04-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/01-_projeto_de_lei_07-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/03-_projeto_de_lei_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/03-_projeto_de_lei_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/01-_projeto_de_lei_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/01-_projeto_de_lei_no_0132025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/01-_pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/01-_projeto_de_lei_no_015-2025_-_abertura_de_credit.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/01-_projeto_de_lei_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/01-_projeto_de_lei_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/01-_projeto_de_lei_no_018-2025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/processo_completo_pl_19-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/processo_completo_-_projeto_de_lei_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/processo_completo_-_pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/processo_completo_-_pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/processo_completo_-_projeto_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/processo_completo_-_projeto_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/processo_completo_-_projeto_de_lei_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/processo_completo_-_pl_27-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/processo_completo_-_projeto_de_lei_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/processo_completo_do_pl_29-2025_-_ldo_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/processo_completo_do_pl_30-2025_-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/1-_pl_31-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/pl_32-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/01-_projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/processo_completo_-__pl_34-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/processo_completo_-__pl_35-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_36-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/processo_completo_-_projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/01-_pl_38-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/2-_projeto_de_lei_039_2025_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1230/01-_projeto_de_lei_40-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/01-_projeto_de_lei_41-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_42-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1223/2-_projeto_de_lei_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no_044-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1247/1-_projeto_de_lei_45-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no_046-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_47-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1245/01-_projeto_de_lei_no_048-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1255/pl_49-2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/requerimento_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/requerimento_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/indicacao_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/indicacao_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/indicacao_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/indicacao_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/indicacao_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/indicacao_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/indicacao_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/indicacao_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_no_59-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/indicacao_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/indicacao_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/indicacao_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/indicacao_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_no_74-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_no_75-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_76-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_78-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_79-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_80-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_no_82-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_no_83-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_no_93-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/indicacao_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/indicacao_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/indicacao_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/01-_projeto_de_lei_complementar_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/01-_projeto_de_lei_complementar_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/proposta_de_emenda_a_lom_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/981/01-_projeto_de_lei_legislativo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/980/01-_projeto_de_lei_legislativo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/987/pll_03_-2025_-_plotagem.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/999/pll_04-2025_alex_-_tea.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/pll_no_05-2025_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_legislativo_no_06-2025_-_jovem_aprendiz_-_joao_pedro_hartmann.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/pll_07-2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_legislativo_no_08-2025_-_servidor_pai_de_autista_-_emerson_martignago.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/pll_09-2025_-_brucelose.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/pll_10-2025_-_up_sindicato.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_legislativo_11-2025_-_homemagen_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_legislativo_12-2025_-_dispoe_sobre_a_obrigatoriedade_cameras.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/02-_projeto_de_lei_legislativo_no_13-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_legislativo_no_014-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_legislativo_no_015-2025_-_processo_completo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/975/04-_parecer_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/995/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/996/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/997/02-_parecer_favoravel.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/998/03-_parecer_conjunto_favoravel.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/parecer_no_06-2025__-_pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_no_07-2025__-_pll_04-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_no_08-2025__-_pll_05-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_no_09-2025__-_pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/parecer_no_10-2025__-_pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/parecer_no_11-2025__-_emenda_lom_01-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/parecer_no_12-2025__-_parecer_pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/parecer_no_13-2025__-_veto__01-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/parecer_14-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/parecer_no_15-2025__-_pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_no_16-2025__-_pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/parecer_17-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/parecer_no_18-2025__-_pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_19-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_no_21-2025_-_pl_17.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/parecer_no_22-2025_-_plc_01.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_no_23-2025_-_plc_02.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/parecer_no_24-2025_-_ao_pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/parecer_no_25-2025_-_ao_pll_07-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_no_26-2025_-_ao_pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/parecer_no_27-2025_-_ao_pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/parecer_no_28-2025_-_ao_pl_20-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/parecer_no_29-2025_-_ao_pl_23-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/parecer_no_30-2025_-_ao_pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/parecer_no_31-2025_-_ao_pl_26-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/parecer_no_32-2025_-_ao_pl_28-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/parecer_no_33-2025_-_ao_pll_08-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/parecer_39-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_40-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/6-_parecer_41-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/12-_parecer_42-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/parecer_43-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/parecer_44-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_45-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_46-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/parecer_47-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/parecer_48-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/parecer_49-2025_-_rejeicao_do_veto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/parecer_50-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1221/parecer_51-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1222/parecer_52-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1228/parecer_53-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1242/parecer_59-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1243/parecer_60-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1250/parecer_61-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1251/parecer_62-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1252/parecer_63-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1256/parecer_64-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1257/parecer_65-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1258/parecer_66-2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1238/emenda_modificativa_01-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1248/emenda_modificativa_02-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/emenda_supressiva_no_01-2025_ao_plc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1239/emenda_supressiva_02-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/substitutivo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/4-_substitutivo__02-2025_-_projeto_de_lei_31-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/04-_oficio_solicitando_a_tramitacao_em_regime_de_urgencia_do_projeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/01-_projeto_de_lei_no_022-2025_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_repudio_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/mocao_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/mensagem_de_veto_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/7-_mensagem_de_veto_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1249/mensagem_de_veto_ao_projeto_de_lei_legislativo_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1253/mensagem_de_veto_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2025/1254/mensagem_de_veto_05-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H283"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="167.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="167" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>