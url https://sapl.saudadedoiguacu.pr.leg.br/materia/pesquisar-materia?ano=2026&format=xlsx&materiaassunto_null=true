--- v0 (2026-01-22)
+++ v1 (2026-03-12)
@@ -10,179 +10,446 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="132">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>Rogério Gallina</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1259/02-_pl-01-2026_-_tramitacao_completa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1259/02-_pl-01-2026_-_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Anual de 2026 no valor de R$ 3.498.203,00 (três milhões, quatrocentos e noventa e oito mil e duzentos e três reais).</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1260/02-_pl-02-2026_-_tramitacao_completa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1260/02-_pl-02-2026_-_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Anual de 2026 no valor de R$ 1.848.994,17 (um milhão, oitocentos e quarenta e oito mil, novecentos e noventa e quatro reais e dezessete centavos).</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1261/02-_pl-03-2026_-_tramitacao_completa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1261/02-_pl-03-2026_-_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Anual de 2026 no valor de R$ 2.158.992,34 (dois milhões, cento e cinquenta e oito mil, novecentos e noventa e dois reais e trinta e quatro centavos).</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1262/02-_pl-04-2026_-_tramitacao_completa.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1262/02-_pl-04-2026_-_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Anual de 2026 no valor de R$ 12.033.906,14 (doze milhões, trinta e três mil, novecentos e seis reais e quatorze centavos).</t>
   </si>
   <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1269/02-_projeto_de_lei_no_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 1.989.454,75 (um milhão, novecentos e oitenta e nove mil, quatrocentos e cinquenta e quatro reais e setenta e cinco centavos), no Orçamento Anual de 2026.</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1270/01-_projeto_de_lei_06-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura, de um Crédito Adicional Suplementar no valor de R$ 585.322,94 (quinhentos e oitenta e cinco mil, trezentos e vinte e dois reais e noventa e quatro centavos) no Orçamento Anual para 2026.</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1273/01-_projeto_de_lei_07-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Permanente de Incentivo à Pesca Esportiva no Município, autorizando a celebração de parcerias para realização de eventos, com foco no fortalecimento do turismo e da economia local, observadas as normas de transparência, sustentabilidade e disponibilidade orçamentária.</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1274/01-_projeto_de_lei_08-2026.pdf</t>
+  </si>
+  <si>
+    <t>Revoga as Leis Municipais nº 1.284/2019 e nº 1.485/2022 e institui o Programa Municipal “Conexão Trabalho”, destinado a apoiar, mediante critérios objetivos e fiscalizáveis, o deslocamento intermunicipal diário de trabalhadores residentes em Saudade do Iguaçu, resguardando a legalidade, a impessoalidade e a proteção ao patrimônio público.</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1275/03-substitutivo_do_pl_09-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reestruturação das Funções Gratificadas de Direção e Coordenação Pedagógica do Magistério Público Municipal, altera o art. 62 da Lei Municipal nº 1213/2018 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1271/01-_projeto_de_lei_10-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura, de um Crédito Adicional Suplementar no valor de R$ 252.283,96 (duzentos e cinquenta e dois mil, duzentos e oitenta e três reais e noventa e seis centavos) no Orçamento Anual para 2026.</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1285/01-_projeto_de_lei_no_011-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de R$ 230.000,00 (duzentos e trinta mil reais) no Orçamento Geral do Município de Saudade do Iguaçu, para o Exercício Financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1286/01-_projeto_de_lei_12-2026.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece, para fins de requisição de pequeno valor no âmbito do Município de Saudade do Iguaçu, o limite para pagamento mediante requisição direta, nos termos do § 3º e do § 4º do art. 100 da Constituição Federal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1287/01-_projeto_de_lei_013-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura, de um Crédito Adicional Suplementar no valor de R$ 194.159,84 (cento e noventa e quatro mil, cento e cinquenta e nove reais e oitenta e quatro centavos) no Orçamento Anual para 2026.</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>RQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
+  </si>
+  <si>
+    <t>EDELVAN LAZARE</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>REQUER, que o Poder Executivo Municipal gestione junto ao DER/PR – Departamento de Estradas de Rodagem do Paraná a instalação de redutor de velocidade nas proximidades do trevo de acesso ao Município de Sulina/PR.</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>LAUDEMIR PIONTKOSKI - CARECONE</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1272/indicacao_no_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a retomada e efetiva execução do programa instituído pela Lei Municipal nº 1.443/2021, de 21 de outubro de 2021, visando à concessão de equipamentos, na forma de incentivo econômico, aos Microempreendedores Individuais (MEIs), Microempresas (ME) e Empresas de Pequeno Porte (EPP), com atenção especial aos profissionais da construção civil, em especial aos pedreiros do Município.</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a realização de estudos técnicos e operacionais visando à instalação de mantas de revestimento interno nas caçambas dos caminhões basculantes pertencentes à frota municipal, especialmente aqueles utilizados pela Secretaria Municipal de Viação e Obras e demais setores que realizam transporte de materiais.</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>DIVONEI PANIZZON</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1277/indicacao_no_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que, por meio do Departamento Municipal de Engenharia, sejam realizados estudos técnicos visando providenciar o recuo dos canteiros centrais existentes na Avenida Iguaçu, especialmente na esquina com a Rua Valentin Olivo, com o objetivo de melhorar as condições de conversão de veículos de grande porte no local.</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>VALDIR BAGESTON DE RAMOS - DEGO</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1288/indicacao_no_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que, por meio do Departamento de Engenharia e das Secretarias competentes, sejam realizados estudos técnicos visando à construção de uma pista de skate junto ao Parque do Lago, neste Município.</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>JOÃO PEDRO HARTMANN</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1267/projeto_de_lei_legislativo_01_26_-_pecas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre os procedimentos para manutenção e conserto de equipamentos, máquinas e veículos pertencentes ao Município de Saudade do Iguaçu, estabelece a obrigatoriedade de emissão de relatórios técnicos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1268/projeto_de_lei_legislativo_02_26_-_autismo.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Valorização, Inclusão e Apoio Educacional ao Aluno com Transtorno do Espectro Autista (TEA) na rede municipal de ensino de Saudade do Iguaçu e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1284/projeto_de_lei_legislativo_03-2026_-_proibicao_passeios.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição da circulação de bicicletas, patinetes, skates, hoverboards e veículos elétricos nos passeios públicos, praças e parques do Município de Saudade do Iguaçu e dá outras providências.</t>
+  </si>
+  <si>
     <t>1263</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1263/parecer_01-2026.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1263/parecer_01-2026.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto favorável das Comissões de Constituição e Justiça e de Finanças e Orçamento ao Projeto de Lei nº 001/2026.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1264/parecer_02-2026.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1264/parecer_02-2026.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto favorável das Comissões de Constituição e Justiça e de Finanças e Orçamento ao Projeto de Lei nº 002/2026.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1265/parecer_03-2026.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1265/parecer_03-2026.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto favorável das Comissões de Constituição e Justiça e de Finanças e Orçamento ao Projeto de Lei nº 003/2026.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1266/parecer_04-2026.pdf</t>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1266/parecer_04-2026.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto favorável das Comissões de Constituição e Justiça e de Finanças e Orçamento ao Projeto de Lei nº 004/2026.</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1278/parecer_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 05/2026.</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1279/parecer_06-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 06/2026.</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>CCJ - COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1280/parecer_07-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 07/2026.</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1281/parecer_08-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Nº 10/2026.</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1282/parecer_09-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Legislativo Nº 01/2026.</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1283/parecer_010-2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões de Constituição e Justiça e de Finanças e Orçamento favorável à aprovação do Projeto de Lei Legislativo Nº 02/2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -486,68 +753,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1259/02-_pl-01-2026_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1260/02-_pl-02-2026_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1261/02-_pl-03-2026_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1262/02-_pl-04-2026_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1263/parecer_01-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1264/parecer_02-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1265/parecer_03-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1266/parecer_04-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1259/02-_pl-01-2026_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1260/02-_pl-02-2026_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1261/02-_pl-03-2026_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1262/02-_pl-04-2026_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1269/02-_projeto_de_lei_no_05-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1270/01-_projeto_de_lei_06-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1273/01-_projeto_de_lei_07-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1274/01-_projeto_de_lei_08-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1275/03-substitutivo_do_pl_09-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1271/01-_projeto_de_lei_10-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1285/01-_projeto_de_lei_no_011-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1286/01-_projeto_de_lei_12-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1287/01-_projeto_de_lei_013-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1272/indicacao_no_01-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1277/indicacao_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1288/indicacao_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1267/projeto_de_lei_legislativo_01_26_-_pecas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1268/projeto_de_lei_legislativo_02_26_-_autismo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1284/projeto_de_lei_legislativo_03-2026_-_proibicao_passeios.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1263/parecer_01-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1264/parecer_02-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1265/parecer_03-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1266/parecer_04-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1278/parecer_05-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1279/parecer_06-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1280/parecer_07-2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1281/parecer_08-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1282/parecer_09-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saudadedoiguacu.pr.leg.br/media/sapl/public/materialegislativa/2026/1283/parecer_010-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.85546875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="191.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -644,156 +911,777 @@
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...14 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>37</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>71</v>
+      </c>
+      <c r="E16" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D19" t="s">
+        <v>71</v>
+      </c>
+      <c r="E19" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" t="s">
+        <v>83</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>87</v>
+      </c>
+      <c r="E20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H20" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>87</v>
+      </c>
+      <c r="E21" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" t="s">
+        <v>83</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H22" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>99</v>
+      </c>
+      <c r="E23" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" t="s">
+        <v>101</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H24" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" t="s">
+        <v>99</v>
+      </c>
+      <c r="E25" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" t="s">
+        <v>101</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H25" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" t="s">
+        <v>99</v>
+      </c>
+      <c r="E26" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" t="s">
+        <v>101</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>29</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="D27" t="s">
+        <v>99</v>
+      </c>
+      <c r="E27" t="s">
+        <v>100</v>
+      </c>
+      <c r="F27" t="s">
+        <v>101</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H27" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" t="s">
+        <v>99</v>
+      </c>
+      <c r="E28" t="s">
+        <v>100</v>
+      </c>
+      <c r="F28" t="s">
+        <v>101</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H28" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" t="s">
+        <v>99</v>
+      </c>
+      <c r="E29" t="s">
+        <v>100</v>
+      </c>
+      <c r="F29" t="s">
+        <v>120</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H29" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>41</v>
       </c>
-      <c r="H9" t="s">
-        <v>42</v>
+      <c r="D30" t="s">
+        <v>99</v>
+      </c>
+      <c r="E30" t="s">
+        <v>100</v>
+      </c>
+      <c r="F30" t="s">
+        <v>101</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H30" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>45</v>
+      </c>
+      <c r="D31" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" t="s">
+        <v>101</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H31" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>49</v>
+      </c>
+      <c r="D32" t="s">
+        <v>99</v>
+      </c>
+      <c r="E32" t="s">
+        <v>100</v>
+      </c>
+      <c r="F32" t="s">
+        <v>120</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H32" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>